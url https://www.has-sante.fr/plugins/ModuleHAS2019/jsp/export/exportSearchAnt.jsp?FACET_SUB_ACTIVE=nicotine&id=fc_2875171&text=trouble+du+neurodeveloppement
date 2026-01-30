--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Dysplasie broncho-pulmonaire</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/08/2023 12:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
   </si>
   <si>
     <t>p_3457610</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -125,127 +140,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>