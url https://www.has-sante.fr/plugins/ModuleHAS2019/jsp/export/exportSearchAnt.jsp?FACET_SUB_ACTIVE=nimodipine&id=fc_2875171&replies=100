--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,224 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>01/09/2002 17:51:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
-  </si>
-[...64 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3477067/fr/nimotop-nimodipine-maladie-ischemique-neurologique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -243,205 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...166 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>