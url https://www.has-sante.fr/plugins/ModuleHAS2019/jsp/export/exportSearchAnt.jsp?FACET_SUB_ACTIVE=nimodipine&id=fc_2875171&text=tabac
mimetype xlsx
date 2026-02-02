--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,146 +9,161 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +177,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>