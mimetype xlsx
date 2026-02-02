--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,243 +1,826 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Article HAS" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="74">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>STEDIRIL (éthinylestradiol/ norgestrel)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984532/en/stediril-ethinylestradiol/-norgestrel</t>
+    <t>24/06/2015 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984532/fr/stediril-ethinylestradiol/-norgestrel</t>
   </si>
   <si>
     <t>pprd_2984532</t>
   </si>
   <si>
     <t>éthinylestradiol,norgestrel</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_704932/en/stediril-ethinylestradiol/-norgestrel</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035704/en/stediril-ethinylestradiol-50-g-norgestrel-500-g-hormonal-contraceptive</t>
+    <t>https://www.has-sante.fr/jcms/c_704932/fr/stediril-ethinylestradiol/-norgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035704/fr/stediril-ethinylestradiol-50-g-norgestrel-500-g-contraceptif-hormonal</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Réévaluation des contraceptifs oraux de troisième génération (annexe commune) - juin 2012</t>
+  </si>
+  <si>
+    <t>23/10/2012 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322400/fr/reevaluation-des-contraceptifs-oraux-de-troisieme-generation-annexe-commune-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1322400</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J1" t="s">
+        <v>54</v>
+      </c>
+      <c r="K1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>