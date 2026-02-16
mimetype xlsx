--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -9,278 +9,440 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="113">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>02/24/2014 17:47:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in children over 3 months</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -331,292 +493,708 @@
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>39</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>42</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>43</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" t="s">
         <v>46</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>47</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>53</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
       <c r="H12" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
       <c r="H13" t="s">
         <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" t="s">
+        <v>61</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>68</v>
+      </c>
+      <c r="H16" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>74</v>
+      </c>
+      <c r="H18" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>76</v>
+      </c>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" t="s">
+        <v>61</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>77</v>
+      </c>
+      <c r="H19" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" t="s">
+        <v>61</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>80</v>
+      </c>
+      <c r="H20" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>82</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" t="s">
+        <v>61</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>83</v>
+      </c>
+      <c r="H21" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>87</v>
+      </c>
+      <c r="H22" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>89</v>
+      </c>
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>91</v>
+      </c>
+      <c r="H23" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" t="s">
+        <v>23</v>
+      </c>
+      <c r="E24" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>95</v>
+      </c>
+      <c r="H24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>97</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>98</v>
+      </c>
+      <c r="H25" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>101</v>
+      </c>
+      <c r="H26" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" t="s">
+        <v>103</v>
+      </c>
+      <c r="C27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" t="s">
+        <v>104</v>
+      </c>
+      <c r="E27" t="s">
+        <v>90</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>105</v>
+      </c>
+      <c r="H27" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>107</v>
+      </c>
+      <c r="C28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" t="s">
+        <v>23</v>
+      </c>
+      <c r="E28" t="s">
+        <v>61</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>108</v>
+      </c>
+      <c r="H28" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" t="s">
+        <v>110</v>
+      </c>
+      <c r="C29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E29" t="s">
+        <v>61</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>111</v>
+      </c>
+      <c r="H29" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>