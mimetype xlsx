--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="82">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,50 +77,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
   </si>
   <si>
     <t>p_3374374</t>
   </si>
   <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
@@ -174,50 +189,65 @@
     <t>23/12/2011 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
   </si>
   <si>
     <t>c_1069220</t>
   </si>
   <si>
     <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux</t>
   </si>
   <si>
     <t>Préciser les acteurs concernés et les éléments à prendre en compte pour décider d’une hospitalisation sans consentement (hospitalisation à la demande d’un tiers ou hospitalisation d’office) : Patients potentiellement concernés Intervenant pré-hospitaliers concernés Appréciation de la capacité à consentir aux soins Moyens favorisant l’obtention d’un consentement aux soins Évaluation de l’entourage familial et social avant la mise en œuvre d’une hospitalisation sans consentement Indications d’une hospitalisation sans consentement Alternatives éventuelles à l’hospitalisation sans consentement Modalités de mise en œuvre d’une hospitalisation sans consentement (rédaction des certificats, modalités de transport, modalités d’accueil hospitalier)</t>
   </si>
   <si>
     <t>01/04/2005 00:00:00</t>
   </si>
   <si>
     <t>01/04/2005 17:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272435/fr/modalites-de-prise-de-decision-concernant-l-indication-en-urgence-d-une-hospitalisation-sans-consentement-d-une-personne-presentant-des-troubles-mentaux</t>
   </si>
   <si>
     <t>c_272435</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
   </si>
   <si>
     <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
   </si>
   <si>
     <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
   </si>
   <si>
     <t>01/12/2002 00:00:00</t>
   </si>
   <si>
     <t>01/12/2002 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
   </si>
   <si>
     <t>Syndrome de l’X Fragile</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
@@ -275,51 +305,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -387,249 +417,301 @@
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>41</v>
       </c>
       <c r="H7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>45</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>46</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
         <v>49</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>50</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>51</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>52</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
         <v>55</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>56</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>58</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>63</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
         <v>66</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>67</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>68</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>70</v>
       </c>
-      <c r="H12" t="s">
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>