--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,92 +9,203 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/27/2022 13:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Syndrome neurodéveloppemental lié à SETD5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
+  </si>
+  <si>
+    <t>p_3643716</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -104,51 +215,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +273,225 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>