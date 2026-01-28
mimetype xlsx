--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -12,86 +12,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
   </si>
   <si>
     <t>p_3301594</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
@@ -143,51 +158,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -225,117 +240,143 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>