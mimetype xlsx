--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,207 +1,854 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="84">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>01/28/2016 10:16:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Fiche BUM - Dupixent®, Fasenra®, Nucala®, Tezspire® et Xolair® dans le traitement de l’asthme sévère</t>
+  </si>
+  <si>
+    <t>Fiche bon usage des médicaments - Traitement de l'asthme sévère</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473151/fr/fiche-bum-dupixent-fasenra-nucala-tezspire-et-xolair-dans-le-traitement-de-l-asthme-severe</t>
+  </si>
+  <si>
+    <t>p_3473151</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 février 2017</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746142/fr/college-deliberatif-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2746142</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>XOLAIR (omalizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983547</t>
+  </si>
+  <si>
+    <t>omalizumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/fr/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/fr/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/fr/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/fr/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/fr/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+      <c r="I2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>64</v>
+      </c>
+      <c r="J1" t="s">
+        <v>65</v>
+      </c>
+      <c r="K1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
+      </c>
+      <c r="J2" t="s">
+        <v>73</v>
+      </c>
+      <c r="K2" t="s">
+        <v>74</v>
+      </c>
+      <c r="L2" t="s">
+        <v>75</v>
+      </c>
+      <c r="M2" t="s">
+        <v>76</v>
+      </c>
+      <c r="N2" t="s">
+        <v>77</v>
+      </c>
+      <c r="O2" t="s">
+        <v>78</v>
+      </c>
+      <c r="P2" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>80</v>
+      </c>
+      <c r="R2" t="s">
+        <v>81</v>
+      </c>
+      <c r="S2" t="s">
+        <v>82</v>
+      </c>
+      <c r="T2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>