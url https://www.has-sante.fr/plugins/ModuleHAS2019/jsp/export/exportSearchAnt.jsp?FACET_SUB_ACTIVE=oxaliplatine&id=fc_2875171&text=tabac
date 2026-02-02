--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,207 +1,539 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/21/2021 16:56:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892909/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2892909</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>