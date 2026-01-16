--- v0 (2025-11-26)
+++ v1 (2026-01-16)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="24">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -63,96 +66,114 @@
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>SIR-SPHERES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>06/11/2018 00:00:00</t>
   </si>
   <si>
     <t>20/12/2018 17:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2892909/fr/sir-spheres</t>
   </si>
   <si>
     <t>c_2892909</t>
   </si>
   <si>
     <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -189,37 +210,103 @@
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>