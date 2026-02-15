--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,80 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
-    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
-[...4 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Guide usagers" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="493" uniqueCount="282">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -329,50 +332,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/12/2024 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
   </si>
   <si>
     <t>p_3574909</t>
   </si>
   <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
     <t>Nécrolyses épidermiques chez l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3299789</t>
   </si>
   <si>
     <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
@@ -401,50 +419,122 @@
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>16/02/2021 09:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
   </si>
   <si>
     <t>p_3236879</t>
   </si>
   <si>
     <t>Syringomyelie - Les fentes intramédullaires</t>
   </si>
   <si>
     <t>12/12/2016 14:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2729833/fr/syringomyelie-les-fentes-intramedullaires</t>
   </si>
   <si>
     <t>c_2729833</t>
   </si>
   <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Parcours de soins d’une personne ayant une maladie chronique en phase palliative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage présente le projet de la HAS visant à proposer des outils facilitant le parcours des personnes ayant une maladie chronique en phase palliative. Ce projet s’inscrit dans une approche transversale qui consiste à développer des outils communs à toutes les maladies chroniques pour compléter la démarche parcours de soins par maladie.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638933/fr/parcours-de-soins-d-une-personne-ayant-une-maladie-chronique-en-phase-palliative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1638933</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Opioïdes : prévenir le risque de surdose</t>
+  </si>
+  <si>
+    <t>Bon usage des opioïdes : la HAS publie 2 documents d’information à destination des patients pour prévenir le risque de surdose d'opioïdes. Elles visent à informer d'une part les personnes souffrant de douleurs chroniques et d'autre part les usagers de drogues à qui sont prescrits des médicaments opioïdes.</t>
+  </si>
+  <si>
+    <t>06/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2023 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425923/fr/opioides-prevenir-le-risque-de-surdose</t>
+  </si>
+  <si>
+    <t>p_3425923</t>
+  </si>
+  <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
   </si>
   <si>
     <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
@@ -746,108 +836,63 @@
   <si>
     <t>AGUETTANT / MEDAC / DELBERT / RENAUDIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2624084/fr/oxycodone-aguettant-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800437/fr/oxycodone-medac-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891308/fr/oxycodone-delbert-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867440/fr/oxycodone-delbert-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3164089/fr/oxycodone-renaudin-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2967157/fr/oxycodone-renaudin-oxycodone</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
-    <t>IQSS 2025 - PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
-[...28 lines deleted...]
-  <si>
     <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
   </si>
   <si>
     <t>09/06/2022 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
   </si>
   <si>
     <t>c_2913016</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3479016</t>
   </si>
   <si>
     <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
   </si>
   <si>
     <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
   </si>
   <si>
     <t>31/07/2013 11:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
   </si>
   <si>
     <t>c_2906066</t>
   </si>
   <si>
     <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
   </si>
   <si>
     <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
   </si>
   <si>
     <t>22/12/2015 12:22:00</t>
   </si>
@@ -879,51 +924,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1288,51 +1333,51 @@
       </c>
       <c r="D15" t="s">
         <v>89</v>
       </c>
       <c r="E15" t="s">
         <v>90</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>91</v>
       </c>
       <c r="H15" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1458,1090 +1503,1182 @@
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>116</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>117</v>
       </c>
       <c r="H6" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>93</v>
       </c>
       <c r="B7" t="s">
         <v>119</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H7" t="s">
-        <v>122</v>
+        <v>123</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>93</v>
+      </c>
+      <c r="B8" t="s">
+        <v>124</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>125</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>126</v>
+      </c>
+      <c r="H8" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B9" t="s">
+        <v>128</v>
+      </c>
+      <c r="C9" t="s">
+        <v>129</v>
+      </c>
+      <c r="D9" t="s">
+        <v>130</v>
+      </c>
+      <c r="E9" t="s">
+        <v>131</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>132</v>
+      </c>
+      <c r="H9" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C10" t="s">
+        <v>135</v>
+      </c>
+      <c r="D10" t="s">
+        <v>130</v>
+      </c>
+      <c r="E10" t="s">
+        <v>136</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>137</v>
+      </c>
+      <c r="H10" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C11" t="s">
+        <v>140</v>
+      </c>
+      <c r="D11" t="s">
+        <v>141</v>
+      </c>
+      <c r="E11" t="s">
+        <v>142</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>143</v>
+      </c>
+      <c r="H11" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="B2" t="s">
-        <v>124</v>
+        <v>146</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>147</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>148</v>
       </c>
       <c r="E2" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>126</v>
+        <v>150</v>
       </c>
       <c r="H2" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>152</v>
+      </c>
+      <c r="B2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>155</v>
+      </c>
+      <c r="H2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="B2" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="C2" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="D2" t="s">
-        <v>131</v>
+        <v>160</v>
       </c>
       <c r="E2" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>133</v>
+        <v>162</v>
       </c>
       <c r="H2" t="s">
-        <v>134</v>
+        <v>163</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="B3" t="s">
-        <v>135</v>
+        <v>164</v>
       </c>
       <c r="C3" t="s">
-        <v>136</v>
+        <v>165</v>
       </c>
       <c r="D3" t="s">
-        <v>137</v>
+        <v>166</v>
       </c>
       <c r="E3" t="s">
-        <v>138</v>
+        <v>167</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>139</v>
+        <v>168</v>
       </c>
       <c r="H3" t="s">
-        <v>140</v>
+        <v>169</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="B4" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="C4" t="s">
-        <v>142</v>
+        <v>171</v>
       </c>
       <c r="D4" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="E4" t="s">
-        <v>144</v>
+        <v>173</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>145</v>
+        <v>174</v>
       </c>
       <c r="H4" t="s">
-        <v>146</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>147</v>
+        <v>176</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B2" t="s">
-        <v>149</v>
+        <v>178</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="H2" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="I2" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B3" t="s">
-        <v>154</v>
+        <v>183</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>155</v>
+        <v>184</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>156</v>
+        <v>185</v>
       </c>
       <c r="H3" t="s">
-        <v>157</v>
+        <v>186</v>
       </c>
       <c r="I3" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B4" t="s">
-        <v>158</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>159</v>
+        <v>188</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>160</v>
+        <v>189</v>
       </c>
       <c r="H4" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
       <c r="I4" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B5" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="H5" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
       <c r="I5" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B6" t="s">
-        <v>166</v>
+        <v>195</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>167</v>
+        <v>196</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>168</v>
+        <v>197</v>
       </c>
       <c r="H6" t="s">
-        <v>169</v>
+        <v>198</v>
       </c>
       <c r="I6" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B7" t="s">
-        <v>170</v>
+        <v>199</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>172</v>
+        <v>201</v>
       </c>
       <c r="H7" t="s">
-        <v>173</v>
+        <v>202</v>
       </c>
       <c r="I7" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B8" t="s">
-        <v>174</v>
+        <v>203</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>175</v>
+        <v>204</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>176</v>
+        <v>205</v>
       </c>
       <c r="H8" t="s">
-        <v>177</v>
+        <v>206</v>
       </c>
       <c r="I8" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B9" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>179</v>
+        <v>208</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>180</v>
+        <v>209</v>
       </c>
       <c r="H9" t="s">
-        <v>181</v>
+        <v>210</v>
       </c>
       <c r="I9" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B10" t="s">
+        <v>211</v>
+      </c>
+      <c r="C10" t="s">
+        <v>212</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>213</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>214</v>
+      </c>
+      <c r="H10" t="s">
+        <v>215</v>
+      </c>
+      <c r="I10" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>216</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>188</v>
+        <v>217</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>189</v>
+        <v>218</v>
       </c>
       <c r="H11" t="s">
-        <v>190</v>
+        <v>219</v>
       </c>
       <c r="I11" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B12" t="s">
-        <v>191</v>
+        <v>220</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>192</v>
+        <v>221</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>193</v>
+        <v>222</v>
       </c>
       <c r="H12" t="s">
-        <v>194</v>
+        <v>223</v>
       </c>
       <c r="I12" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B13" t="s">
-        <v>195</v>
+        <v>224</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>196</v>
+        <v>225</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>197</v>
+        <v>226</v>
       </c>
       <c r="H13" t="s">
-        <v>198</v>
+        <v>227</v>
       </c>
       <c r="I13" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B14" t="s">
-        <v>199</v>
+        <v>228</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>201</v>
+        <v>230</v>
       </c>
       <c r="H14" t="s">
-        <v>202</v>
+        <v>231</v>
       </c>
       <c r="I14" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="B15" t="s">
-        <v>203</v>
+        <v>232</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>204</v>
+        <v>233</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>205</v>
+        <v>234</v>
       </c>
       <c r="H15" t="s">
-        <v>206</v>
+        <v>235</v>
       </c>
       <c r="I15" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="B2" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="C2" t="s">
-        <v>209</v>
+        <v>238</v>
       </c>
       <c r="D2" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="E2" t="s">
-        <v>211</v>
+        <v>240</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>212</v>
+        <v>241</v>
       </c>
       <c r="H2" t="s">
-        <v>213</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>214</v>
+        <v>243</v>
       </c>
       <c r="J1" t="s">
-        <v>215</v>
+        <v>244</v>
       </c>
       <c r="K1" t="s">
-        <v>216</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>217</v>
+        <v>246</v>
       </c>
       <c r="B2" t="s">
-        <v>218</v>
+        <v>247</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>219</v>
+        <v>248</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>220</v>
+        <v>249</v>
       </c>
       <c r="H2" t="s">
-        <v>221</v>
+        <v>250</v>
       </c>
       <c r="I2" t="s">
-        <v>222</v>
+        <v>251</v>
       </c>
       <c r="J2" t="s">
-        <v>223</v>
+        <v>252</v>
       </c>
       <c r="K2" t="s">
-        <v>224</v>
+        <v>253</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>217</v>
+        <v>246</v>
       </c>
       <c r="B3" t="s">
-        <v>225</v>
+        <v>254</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>226</v>
+        <v>255</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>227</v>
+        <v>256</v>
       </c>
       <c r="H3" t="s">
-        <v>228</v>
+        <v>257</v>
       </c>
       <c r="I3" t="s">
-        <v>229</v>
+        <v>258</v>
       </c>
       <c r="J3" t="s">
-        <v>230</v>
+        <v>259</v>
       </c>
       <c r="K3" t="s">
-        <v>231</v>
+        <v>260</v>
       </c>
       <c r="L3" t="s">
-        <v>232</v>
+        <v>261</v>
       </c>
       <c r="M3" t="s">
-        <v>233</v>
+        <v>262</v>
       </c>
       <c r="N3" t="s">
-        <v>234</v>
+        <v>263</v>
       </c>
       <c r="O3" t="s">
-        <v>235</v>
+        <v>264</v>
       </c>
       <c r="P3" t="s">
-        <v>236</v>
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>237</v>
+        <v>266</v>
       </c>
       <c r="B2" t="s">
-        <v>238</v>
+        <v>267</v>
       </c>
       <c r="C2" t="s">
-        <v>239</v>
+        <v>268</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>240</v>
+        <v>269</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>241</v>
+        <v>270</v>
       </c>
       <c r="H2" t="s">
-        <v>242</v>
+        <v>271</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>237</v>
+        <v>266</v>
       </c>
       <c r="B3" t="s">
-        <v>243</v>
+        <v>272</v>
       </c>
       <c r="C3" t="s">
-        <v>244</v>
+        <v>273</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>245</v>
+        <v>274</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
       <c r="H3" t="s">
-        <v>247</v>
+        <v>276</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>237</v>
+        <v>266</v>
       </c>
       <c r="B4" t="s">
-        <v>248</v>
+        <v>277</v>
       </c>
       <c r="C4" t="s">
-        <v>249</v>
+        <v>278</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>251</v>
+        <v>280</v>
       </c>
       <c r="H4" t="s">
-        <v>252</v>
-[...77 lines deleted...]
-        <v>267</v>
+        <v>281</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>