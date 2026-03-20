--- v1 (2026-02-15)
+++ v2 (2026-03-20)
@@ -33,51 +33,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide usagers" r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="493" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="501" uniqueCount="287">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -834,50 +834,65 @@
     <t>oxycodone</t>
   </si>
   <si>
     <t>AGUETTANT / MEDAC / DELBERT / RENAUDIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2624084/fr/oxycodone-aguettant-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800437/fr/oxycodone-medac-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891308/fr/oxycodone-delbert-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867440/fr/oxycodone-delbert-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3164089/fr/oxycodone-renaudin-oxycodone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2967157/fr/oxycodone-renaudin-oxycodone</t>
   </si>
   <si>
     <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS 2026 - PSY - Coordination et prises en charge somatiques en hospitalisation temps plein : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2026 de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions (données 2025).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148091/fr/iqss-2026-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3148091</t>
   </si>
   <si>
     <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
   </si>
   <si>
     <t>09/06/2022 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
   </si>
   <si>
     <t>c_2913016</t>
   </si>
   <si>
     <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
   </si>
   <si>
     <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
   </si>
   <si>
     <t>31/07/2013 11:31:00</t>
   </si>
@@ -2532,51 +2547,51 @@
       </c>
       <c r="L3" t="s">
         <v>261</v>
       </c>
       <c r="M3" t="s">
         <v>262</v>
       </c>
       <c r="N3" t="s">
         <v>263</v>
       </c>
       <c r="O3" t="s">
         <v>264</v>
       </c>
       <c r="P3" t="s">
         <v>265</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2640,45 +2655,71 @@
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>266</v>
       </c>
       <c r="B4" t="s">
         <v>277</v>
       </c>
       <c r="C4" t="s">
         <v>278</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>279</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>280</v>
       </c>
       <c r="H4" t="s">
         <v>281</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>266</v>
+      </c>
+      <c r="B5" t="s">
+        <v>282</v>
+      </c>
+      <c r="C5" t="s">
+        <v>283</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H5" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>