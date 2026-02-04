--- v1 (2025-12-20)
+++ v2 (2026-02-04)
@@ -62,51 +62,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Déficit hypophysaire congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
   </si>
   <si>
     <t>p_3301031</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>