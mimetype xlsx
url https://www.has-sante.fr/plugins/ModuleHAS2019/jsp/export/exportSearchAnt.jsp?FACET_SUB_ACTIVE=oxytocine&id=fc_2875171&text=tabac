--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
   </si>
   <si>
     <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
   </si>
   <si>
     <t>23/11/2023 00:00:00</t>
   </si>
   <si>
     <t>25/01/2018 14:18:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Déficit hypophysaire congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
   </si>
   <si>
     <t>p_3301031</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
   </si>
   <si>
     <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
   </si>
@@ -143,153 +158,179 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>