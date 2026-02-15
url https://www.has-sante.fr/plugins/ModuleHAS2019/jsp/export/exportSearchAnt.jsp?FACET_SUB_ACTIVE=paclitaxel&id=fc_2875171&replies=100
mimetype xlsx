--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,9812 +1,611 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2025" uniqueCount="1030">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="61">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ACOART LITOS</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>08/04/2025 00:00:00</t>
-[...1202 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Bon usage des agents antiplaquettaires</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>2023 update: clinical utility of genomic signatures in early-stage HR-positive/HER2-negative breast cancer - InaHTA Brief</t>
+  </si>
+  <si>
+    <t>In 2019, the French National Authority for Health (HAS) evaluated the clinical utility of four genomic signatures (Oncotype Dx, Mammaprint, Prosigna, Endopredict) in early-stage hormone-receptor-positive (HR+) breast cancer with HER2-negative status (HER2-). Genomic signatures could be used as a guide to safely de-escalate adjuvant chemotherapy (ACT) in certain patient profiles in situations of clear decision-making uncertainty, with a low or favourable genomic score enabling the avoidance of unnecessary decisions to administer ACT. Based on the data available and the consultations carried out at the time, the HAS had returned an unfavourable opinion for coverage of testing for these four genomic signatures. But it issued a favourable opinion for temporary funding as part of a specific funding program for research and innovation (RIHN) to maintain access to these innovative tests in a potential population of interest. In 2021 and 2022, the publication of new intermediate data led to changes being made to several international guidelines, reporting a risk of loss of chance in terms of oncological outcome in some premenopausal patients aged 50 or under linked to genomic signatures. At the end of 2022, in view of this risk of loss of chance in terms of oncological outcome, the HAS decided to update its assessment of the four genomic signatures and to redefine the scope of the eligible target population to guarantee the oncological safety of patients and limit the risk of misuse by healthcare professionals</t>
+  </si>
+  <si>
+    <t>10/19/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
+    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
+  </si>
+  <si>
+    <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...1568 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3184917/fr/pazenir-paclitaxel-dans-une-formulation-de-nanoparticules-liees-a-l-albumine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ABRAXANE (paclitaxel)</t>
   </si>
   <si>
-    <t>30/09/2016 16:30:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983972/fr/abraxane-paclitaxel</t>
+    <t>09/30/2016 16:30:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983972/en/abraxane-paclitaxel</t>
   </si>
   <si>
     <t>pprd_2983972</t>
   </si>
   <si>
     <t>paclitaxel</t>
   </si>
   <si>
     <t>CELGENE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923057/fr/abraxane-paclitaxel</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400011/fr/paxene-6-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-16-7-ml-boite-de-1-paxene-6-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-50-ml-boite-de-1</t>
+    <t>https://www.has-sante.fr/jcms/c_923057/en/abraxane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775575/en/abraxane-paclitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774154/en/abraxane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671725/en/abraxane-paclitaxel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J75"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...2409 lines deleted...]
-        <v>408</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>409</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>410</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>411</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>412</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>413</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>414</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>415</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>409</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>416</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>417</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>418</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>419</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>420</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>421</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>409</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>422</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>423</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>424</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>425</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>426</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>427</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>428</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
-        <v>429</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>430</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>431</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>432</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>433</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+      <c r="J1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>434</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>435</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>436</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>437</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>438</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>439</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>440</v>
-[...224 lines deleted...]
-        <v>482</v>
+        <v>54</v>
       </c>
       <c r="I2" t="s">
-        <v>483</v>
-[...3505 lines deleted...]
-        <v>997</v>
+        <v>55</v>
       </c>
       <c r="J2" t="s">
-        <v>998</v>
+        <v>56</v>
       </c>
       <c r="K2" t="s">
-        <v>999</v>
+        <v>57</v>
       </c>
       <c r="L2" t="s">
-        <v>1000</v>
-[...151 lines deleted...]
-        <v>1029</v>
+        <v>58</v>
+      </c>
+      <c r="M2" t="s">
+        <v>59</v>
+      </c>
+      <c r="N2" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>