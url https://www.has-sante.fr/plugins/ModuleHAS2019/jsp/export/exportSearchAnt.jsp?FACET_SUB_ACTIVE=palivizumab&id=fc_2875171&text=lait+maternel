--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -83,51 +83,51 @@
   <si>
     <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
   </si>
   <si>
     <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
   </si>
   <si>
     <t>06/11/2019 00:00:00</t>
   </si>
   <si>
     <t>14/11/2019 00:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
   </si>
   <si>
     <t>p_3118113</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Atrésie de l’œsophage</t>
   </si>
   <si>
     <t>17/12/2018 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_715169/fr/atresie-de-l-oesophage</t>
   </si>
   <si>
     <t>c_715169</t>
   </si>
   <si>
     <t>Amyotrophie spinale infantile</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>