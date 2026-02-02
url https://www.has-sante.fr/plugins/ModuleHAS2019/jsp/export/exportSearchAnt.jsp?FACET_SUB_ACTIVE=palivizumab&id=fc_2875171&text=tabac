--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,248 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>14/11/2019 00:01:00</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
-  </si>
-[...43 lines deleted...]
-    <t>p_3118481</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -264,199 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...154 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>