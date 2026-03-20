--- v1 (2026-02-05)
+++ v2 (2026-03-20)
@@ -1,214 +1,421 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PENTOXIFYLLINE (pentoxifylline)</t>
+  </si>
+  <si>
+    <t>02/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985094/fr/pentoxifylline-pentoxifylline</t>
+  </si>
+  <si>
+    <t>pprd_2985094</t>
+  </si>
+  <si>
+    <t>pentoxifylline</t>
+  </si>
+  <si>
+    <t>RANBAXY PHARMACIE GENERIQUES/ SANDOZ/ QUALIMED/ MYLAN SAS/ EG LABO/ TEVA SANTE/ BIOGARAN/ RATIOPHARM/ MERCK GENERIQUES SCS/ BAYER CLASSICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399279/fr/pentoxifylline-ratiopharm-lp-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399700/fr/pentoxifylline-bayer-lp-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400102/fr/pentoxifylline-biogaran-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451541/fr/pentoxifylline-biogaran-pentoxifylline-set-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451546/fr/pentoxifylline-eg-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451550/fr/pentoxifylline-gnr-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451554/fr/pentoxifylline-merck-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451558/fr/pentoxifylline-qualimed-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451562/fr/pentoxifylline-ratiopharm-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451566/fr/pentoxifylline-rpg-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451570/fr/pentoxifylline-sandoz-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451577/fr/pentoxifylline-teva-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618032/fr/pentoxifylline-teva-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866801/fr/pentoxifylline-biogaran-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146444/fr/pentoxifylline-ratiopharm-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146466/fr/pentoxifylline-biogaran-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146472/fr/pentoxifylline-teva-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146481/fr/pentoxifylline-eg-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146487/fr/pentoxifylline-mylan-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146502/fr/pentoxifylline-qualimed-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146540/fr/pentoxifylline-sandoz-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146550/fr/pentoxifylline-rpg-pentoxifylline</t>
+  </si>
+  <si>
+    <t>PENTOFLUX (pentoxifylline)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985095/fr/pentoflux-pentoxifylline</t>
+  </si>
+  <si>
+    <t>pprd_2985095</t>
+  </si>
+  <si>
+    <t>Laboratoire BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451537/fr/pentoflux-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146512/fr/pentoflux-pentoxifylline</t>
+  </si>
+  <si>
+    <t>TORENTAL (pentoxifylline)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985098/fr/torental-pentoxifylline</t>
+  </si>
+  <si>
+    <t>pprd_2985098</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618842/fr/torental-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146460/fr/torental-pentoxifylline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451762/fr/torental-torental-lp-pentoxifylline</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -222,121 +429,545 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AF4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>55</v>
+      </c>
+      <c r="J1" t="s">
+        <v>56</v>
+      </c>
+      <c r="K1" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+      <c r="I2" t="s">
+        <v>63</v>
+      </c>
+      <c r="J2" t="s">
+        <v>64</v>
+      </c>
+      <c r="K2" t="s">
+        <v>65</v>
+      </c>
+      <c r="L2" t="s">
+        <v>66</v>
+      </c>
+      <c r="M2" t="s">
+        <v>67</v>
+      </c>
+      <c r="N2" t="s">
+        <v>68</v>
+      </c>
+      <c r="O2" t="s">
+        <v>69</v>
+      </c>
+      <c r="P2" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>71</v>
+      </c>
+      <c r="R2" t="s">
+        <v>72</v>
+      </c>
+      <c r="S2" t="s">
+        <v>73</v>
+      </c>
+      <c r="T2" t="s">
+        <v>74</v>
+      </c>
+      <c r="U2" t="s">
+        <v>75</v>
+      </c>
+      <c r="V2" t="s">
+        <v>76</v>
+      </c>
+      <c r="W2" t="s">
+        <v>77</v>
+      </c>
+      <c r="X2" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>79</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>82</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>83</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>84</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>85</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>88</v>
+      </c>
+      <c r="H3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I3" t="s">
+        <v>63</v>
+      </c>
+      <c r="J3" t="s">
+        <v>90</v>
+      </c>
+      <c r="K3" t="s">
+        <v>91</v>
+      </c>
+      <c r="L3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>94</v>
+      </c>
+      <c r="H4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I4" t="s">
+        <v>63</v>
+      </c>
+      <c r="J4" t="s">
+        <v>96</v>
+      </c>
+      <c r="K4" t="s">
+        <v>97</v>
+      </c>
+      <c r="L4" t="s">
+        <v>98</v>
+      </c>
+      <c r="M4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>