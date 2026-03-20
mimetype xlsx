--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Communiqué de presse" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="85">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -158,111 +158,111 @@
   <si>
     <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
   </si>
   <si>
     <t>16/11/2011 08:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
   </si>
   <si>
     <t>c_1120092</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>CUTACNYL (peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:35:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982900/fr/cutacnyl-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>pprd_2982900</t>
+  </si>
+  <si>
+    <t>peroxyde de benzoyle</t>
+  </si>
+  <si>
+    <t>GALDERMA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732196/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719416/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899633/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859374/fr/cutacnyl-peroxyde-de-benzoyle-acne</t>
+  </si>
+  <si>
     <t>CASARENEL (adapalène/peroxyde de benzoyle)</t>
   </si>
   <si>
     <t>11/09/2025 08:41:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644681/fr/casarenel-adapalene/peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>p_3644681</t>
   </si>
   <si>
     <t>adapalène,peroxyde de benzoyle</t>
   </si>
   <si>
     <t>EURODEP PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644325/fr/casarenel-adapalene/peroxyde-de-benzoyle-acne</t>
   </si>
   <si>
-    <t>CUTACNYL (peroxyde de benzoyle hydraté)</t>
-[...25 lines deleted...]
-  <si>
     <t>PANNOGEL (peroxyde de benzoyle)</t>
   </si>
   <si>
     <t>02/10/2015 15:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984410/fr/pannogel-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>pprd_2984410</t>
-  </si>
-[...1 lines deleted...]
-    <t>peroxyde de benzoyle</t>
   </si>
   <si>
     <t>SINCLAIR PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_523237/fr/pannogel-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1050832/fr/pannogel-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2558868/fr/pannogel-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>ECLARAN (peroxyde de benzoyle)</t>
   </si>
   <si>
     <t>30/04/2014 17:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984784/fr/eclaran-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>pprd_2984784</t>
   </si>
@@ -614,51 +614,51 @@
       </c>
       <c r="E5" t="s">
         <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>40</v>
       </c>
       <c r="H5" t="s">
         <v>41</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -689,160 +689,163 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s">
         <v>50</v>
       </c>
       <c r="J2" t="s">
         <v>51</v>
       </c>
       <c r="K2" t="s">
         <v>52</v>
       </c>
+      <c r="L2" t="s">
+        <v>53</v>
+      </c>
+      <c r="M2" t="s">
+        <v>54</v>
+      </c>
+      <c r="N2" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="I3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="K3" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>45</v>
       </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I4" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="J4" t="s">
         <v>67</v>
       </c>
       <c r="K4" t="s">
         <v>68</v>
       </c>
       <c r="L4" t="s">
         <v>69</v>
       </c>
       <c r="M4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>71</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>72</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>73</v>
       </c>
       <c r="H5" t="s">
         <v>74</v>
       </c>
       <c r="I5" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="J5" t="s">
         <v>75</v>
       </c>
       <c r="K5" t="s">
         <v>76</v>
       </c>
       <c r="L5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>78</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">