--- v0 (2025-11-09)
+++ v1 (2026-02-15)
@@ -18,89 +18,89 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Communiqué de presse" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="85">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Acné : quand et comment la traiter ?</t>
   </si>
   <si>
     <t>Maladie de peau touchant 80% des adolescents, l’acné peut revêtir des formes sévères avec des risques de cicatrices mais aussi altérer la qualité de vie et le quotidien. Certains traitements de l’acné ont fait l’objet d’alertes et d’inquiétudes, et il est aujourd’hui parfois difficile de savoir quels traitements privilégier et dans quels cas. En outre, les traitements prescrits sont suivis par moins d’un patient sur deux, compromettant leur efficacité. La Société Française de Dermatologie (SFD) fait le point aujourd’hui sur ces différentes questions et publie de nouvelles recommandations, labellisées par la Haute Autorité de Santé (HAS).</t>
   </si>
   <si>
     <t>20/10/2015 15:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2564525/fr/acne-quand-et-comment-la-traiter</t>
   </si>
@@ -158,111 +158,111 @@
   <si>
     <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
   </si>
   <si>
     <t>16/11/2011 08:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
   </si>
   <si>
     <t>c_1120092</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>CUTACNYL (peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:35:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982900/fr/cutacnyl-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>pprd_2982900</t>
+  </si>
+  <si>
+    <t>peroxyde de benzoyle</t>
+  </si>
+  <si>
+    <t>GALDERMA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732196/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719416/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899633/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859374/fr/cutacnyl-peroxyde-de-benzoyle-acne</t>
+  </si>
+  <si>
     <t>CASARENEL (adapalène/peroxyde de benzoyle)</t>
   </si>
   <si>
     <t>11/09/2025 08:41:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644681/fr/casarenel-adapalene/peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>p_3644681</t>
   </si>
   <si>
     <t>adapalène,peroxyde de benzoyle</t>
   </si>
   <si>
     <t>EURODEP PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644325/fr/casarenel-adapalene/peroxyde-de-benzoyle-acne</t>
   </si>
   <si>
-    <t>CUTACNYL (peroxyde de benzoyle hydraté)</t>
-[...25 lines deleted...]
-  <si>
     <t>PANNOGEL (peroxyde de benzoyle)</t>
   </si>
   <si>
     <t>02/10/2015 15:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984410/fr/pannogel-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>pprd_2984410</t>
-  </si>
-[...1 lines deleted...]
-    <t>peroxyde de benzoyle</t>
   </si>
   <si>
     <t>SINCLAIR PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_523237/fr/pannogel-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1050832/fr/pannogel-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2558868/fr/pannogel-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>ECLARAN (peroxyde de benzoyle)</t>
   </si>
   <si>
     <t>30/04/2014 17:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984784/fr/eclaran-peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>pprd_2984784</t>
   </si>
@@ -614,51 +614,51 @@
       </c>
       <c r="E5" t="s">
         <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>40</v>
       </c>
       <c r="H5" t="s">
         <v>41</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -689,160 +689,163 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>49</v>
       </c>
       <c r="I2" t="s">
         <v>50</v>
       </c>
       <c r="J2" t="s">
         <v>51</v>
       </c>
       <c r="K2" t="s">
         <v>52</v>
       </c>
+      <c r="L2" t="s">
+        <v>53</v>
+      </c>
+      <c r="M2" t="s">
+        <v>54</v>
+      </c>
+      <c r="N2" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="I3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="K3" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>45</v>
       </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I4" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="J4" t="s">
         <v>67</v>
       </c>
       <c r="K4" t="s">
         <v>68</v>
       </c>
       <c r="L4" t="s">
         <v>69</v>
       </c>
       <c r="M4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>71</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>72</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>73</v>
       </c>
       <c r="H5" t="s">
         <v>74</v>
       </c>
       <c r="I5" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="J5" t="s">
         <v>75</v>
       </c>
       <c r="K5" t="s">
         <v>76</v>
       </c>
       <c r="L5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>78</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">