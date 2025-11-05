--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,11132 +1,1901 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Studies and Reports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2140" uniqueCount="1315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="217">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>BIOLOGICGLASS GRANULES</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/10/2023 00:00:00</t>
-[...647 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Rachitismes rares vitamine D-dépendants</t>
-[...272 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Maladies mitochondriales apparentées au MELAS</t>
-[...848 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+  </si>
+  <si>
+    <t>c_272209</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853398</t>
+  </si>
+  <si>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853392</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>01/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+  </si>
+  <si>
+    <t>c_2744218</t>
+  </si>
+  <si>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Reassessment of bone substitutes</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to propose an update of the terms and conditions for the reimbursement of bone substitutes listed in the LPPR.</t>
+  </si>
+  <si>
+    <t>05/28/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+  </si>
+  <si>
+    <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Clinical utility of the measurement of vitamin D</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to precise in which clinical situation the measurement of 25(OH)D would be considered useful</t>
+  </si>
+  <si>
+    <t>10/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/30/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
+  </si>
+  <si>
+    <t>c_1356838</t>
+  </si>
+  <si>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+  </si>
+  <si>
+    <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
+  </si>
+  <si>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+  </si>
+  <si>
+    <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Prise en charge des patients hémodialysés chroniques (DIA)</t>
-[...1106 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984287/fr/sivextro-phosphate-de-tedizolid</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>SIVEXTRO (tédizolide (phosphate de))</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:38:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984287/en/sivextro-tedizolide-phosphate-de</t>
   </si>
   <si>
     <t>pprd_2984287</t>
   </si>
   <si>
     <t>phosphate de tédizolid</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581332/fr/sivextro-tedizolide-antibiotique-de-la-classe-des-oxazolidinones</t>
-[...59 lines deleted...]
-    <t>codéine (phosphate de) hémihydraté,paracétamol</t>
+    <t>https://www.has-sante.fr/jcms/c_2581332/en/sivextro-tedizolid-antibiotic-of-the-oxazolidinone-class</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478083/en/sivextro-phosphate-de-tedizolid-infections-de-la-peau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607243/en/sivextro-phosphate-de-tedizolid-antibiotiques</t>
+  </si>
+  <si>
+    <t>JANUMET (metformine / sitagliptine)</t>
+  </si>
+  <si>
+    <t>09/03/2021 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984420/en/janumet-metformine-/-sitagliptine</t>
+  </si>
+  <si>
+    <t>pprd_2984420</t>
+  </si>
+  <si>
+    <t>metformine (chlorhydrate de),sitagliptine (phosphate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798062/en/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046976/en/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558832/en/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283461/en/janumet-sitagliptine-/-metformine</t>
+  </si>
+  <si>
+    <t>XELEVIA (metformine/ sitagliptine (phosphate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>08/31/2021 10:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982787/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982787</t>
+  </si>
+  <si>
+    <t>metformine,sitagliptine (phosphate de) monohydraté</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400096/fr/klipal-codeine-phosphate-de-codeine-hemihydrate/-paracetamol</t>
-[...53 lines deleted...]
-    <t>phosphate sodique d'hydrocortisone</t>
+    <t>https://www.has-sante.fr/jcms/c_623592/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818411/en/xelevia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284610/en/xelevia-velmetia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320625/en/xelevia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559130/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046970/en/xelevia-50-mg-sitagliptin-dpp-4-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964768/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282764/en/xelevia-sitagliptine</t>
+  </si>
+  <si>
+    <t>CHIBRO CADRON (phosphate de dexaméthasone/ sulfate de néomycine)</t>
+  </si>
+  <si>
+    <t>03/18/2021 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985053/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>pprd_2985053</t>
+  </si>
+  <si>
+    <t>phosphate de dexaméthasone,sulfate de néomycine</t>
   </si>
   <si>
     <t>THEA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2827588/fr/softacort-hydrocortisone-phosphate-sodique-d</t>
-[...302 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2851031/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1215840/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455264/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243902/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
   </si>
   <si>
     <t>AURICULARUM (nystatine/ oxytétracycline (chlorhydrate d')/ polymyxine B (sulfate de...)</t>
   </si>
   <si>
-    <t>27/06/2018 09:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983326/fr/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+    <t>06/27/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983326/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983326</t>
   </si>
   <si>
     <t>nystatine,oxytétracycline (chlorhydrate d'),polymyxine B (sulfate de),dexaméthasone (phosphate sodique de)</t>
   </si>
   <si>
     <t>GRIMBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400288/fr/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2844528/fr/auricularum-oxytetracycline-polymyxine-b-dexamethasone-nystatine-anti-infectieux-et-corticoide-en-association</t>
+    <t>https://www.has-sante.fr/jcms/c_400288/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585417/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-fixed-combination-of-antibiotics-antifungal-and-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844528/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-anti-infective-and-corticosteroid-in-combination</t>
   </si>
   <si>
     <t>Anti-infectieux associés à un corticoïde en gouttes auriculaires (oxytétracycline, polymyxine B, nystatine, dexaméthasone)</t>
   </si>
   <si>
-    <t>06/07/2018 11:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983414/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
+    <t>07/06/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983414/en/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2983414</t>
   </si>
   <si>
     <t>dexaméthasone,ciprofloxacine (chlorhydrate de),polymyxine B (sulfate de),néomycine (sulfate de),acétonide de fluocinolone,dexaméthasone (métasulfobenzoate sodique de),lidocaïne (chlorhydrate de),fludrocortisone (acétate de),framycétine (sulfate de),dexaméthasone (phosphate sodique de),nystatine,oxytétracycline (chlorhydrate d')</t>
   </si>
   <si>
     <t>GRIMBERG / JOLLY-JATEL / ZAMBON FRANCE / BOUCHARA RECORDATI / NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2824464/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-ciloxadex-ciprofloxacine-dexamethasone-otite-externe</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774642/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2824464/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-ciloxadex-ciprofloxacin-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824473/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824476/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-polydexa-neomycin-polymyxin-b-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824479/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-panotile-polymyxin-b-neomycin-fludrocortisone-lidocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824485/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824491/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-auricularum-oxytetracycline-polymyxin-b-nystatin-dexamethasone</t>
   </si>
   <si>
     <t>FIRDAPSE (amifampridine (phosphate d'))</t>
   </si>
   <si>
-    <t>21/04/2017 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983648/fr/firdapse-amifampridine-phosphate-d</t>
+    <t>04/21/2017 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983648/en/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>pprd_2983648</t>
   </si>
   <si>
     <t>amifampridine (phosphate d')</t>
   </si>
   <si>
     <t>BIOMARIN EUROPE Limited</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962465/fr/firdapse-amifampridine-phosphate-d</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2757143/fr/firdapse-amifampridine-phosphate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_962465/en/firdapse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757143/en/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>ANTARENE (ibuprofène/ codéine (phosphate de))</t>
   </si>
   <si>
-    <t>03/11/2016 13:54:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983920/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
+    <t>11/03/2016 13:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983920/en/antarene-ibuprofene/-codeine-phosphate-de</t>
   </si>
   <si>
     <t>pprd_2983920</t>
   </si>
   <si>
     <t>ibuprofène,codéine (phosphate de)</t>
   </si>
   <si>
     <t>ELERTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398820/fr/antarene-5-gel-tube-de-50-g</t>
-[...146 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2636942/fr/biphozyl-sodium/-potassium/-magnesium/-phosphate-d-hydrogene/-chlorure/-bicarbo</t>
+    <t>https://www.has-sante.fr/jcms/c_398820/en/antarene-5-gel-tube-de-50-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523355/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951422/en/antarene-codeine-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352551/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702130/en/antarene-codeine-200-mg/30-mg-et-400-mg/60-mg-ibuprofene/codeine-association-ains-opioide-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678856/en/antarene-ibuprofene/-codeine-phosphate-de</t>
   </si>
   <si>
     <t>COLOKIT (phosphate disodique anhydre/ phosphate monosodique monohydraté)</t>
   </si>
   <si>
-    <t>02/10/2015 15:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984424/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+    <t>10/02/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984424/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984424</t>
   </si>
   <si>
     <t>phosphate disodique anhydre,phosphate monosodique monohydraté</t>
   </si>
   <si>
     <t>MAYOLY SPINDLER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_963197/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
-[...209 lines deleted...]
-    <t>c_1219705</t>
+    <t>https://www.has-sante.fr/jcms/c_963197/en/colokit</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558814/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...967 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>802</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>803</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>804</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>805</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>806</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>807</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>808</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>802</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>809</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>810</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>805</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>811</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>812</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>813</v>
-[...441 lines deleted...]
-        <v>913</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>914</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>915</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>916</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>917</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>918</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>919</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>920</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>914</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>921</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>922</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>923</v>
+        <v>36</v>
       </c>
       <c r="E3" t="s">
-        <v>924</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>925</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>926</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>914</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>927</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>928</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>929</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
-        <v>930</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>931</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>932</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>914</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>933</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>934</v>
+        <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>935</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>936</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>937</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>938</v>
-[...103 lines deleted...]
-        <v>962</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AL37"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>966</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="E2" t="s">
-        <v>967</v>
+        <v>54</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>968</v>
+        <v>55</v>
       </c>
       <c r="H2" t="s">
-        <v>969</v>
-[...17 lines deleted...]
-        <v>975</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>976</v>
+        <v>57</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E3" t="s">
-        <v>977</v>
+        <v>60</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>978</v>
+        <v>61</v>
       </c>
       <c r="H3" t="s">
-        <v>979</v>
-[...14 lines deleted...]
-        <v>984</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>985</v>
+        <v>63</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
       <c r="E4" t="s">
-        <v>986</v>
+        <v>66</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>987</v>
+        <v>67</v>
       </c>
       <c r="H4" t="s">
-        <v>988</v>
-[...26 lines deleted...]
-        <v>997</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>998</v>
+        <v>69</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="E5" t="s">
-        <v>999</v>
+        <v>72</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1000</v>
+        <v>73</v>
       </c>
       <c r="H5" t="s">
-        <v>1001</v>
-[...20 lines deleted...]
-        <v>1008</v>
+        <v>74</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>1009</v>
+        <v>75</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="E6" t="s">
-        <v>999</v>
+        <v>78</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1010</v>
+        <v>79</v>
       </c>
       <c r="H6" t="s">
-        <v>1011</v>
-[...17 lines deleted...]
-        <v>1017</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B7" t="s">
-        <v>1018</v>
+        <v>81</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>82</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="E7" t="s">
-        <v>1019</v>
+        <v>84</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1020</v>
+        <v>85</v>
       </c>
       <c r="H7" t="s">
-        <v>1021</v>
-[...11 lines deleted...]
-        <v>1025</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B8" t="s">
-        <v>1026</v>
+        <v>87</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>88</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="E8" t="s">
-        <v>1027</v>
+        <v>90</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1028</v>
+        <v>91</v>
       </c>
       <c r="H8" t="s">
-        <v>1029</v>
-[...17 lines deleted...]
-        <v>1034</v>
+        <v>92</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>1035</v>
+        <v>93</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E9" t="s">
-        <v>1036</v>
+        <v>96</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1037</v>
+        <v>97</v>
       </c>
       <c r="H9" t="s">
-        <v>1038</v>
-[...29 lines deleted...]
-        <v>1047</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B10" t="s">
-        <v>1048</v>
+        <v>99</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="E10" t="s">
-        <v>1049</v>
+        <v>101</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1050</v>
+        <v>102</v>
       </c>
       <c r="H10" t="s">
-        <v>1051</v>
-[...14 lines deleted...]
-        <v>1055</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
-        <v>1056</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>105</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>106</v>
       </c>
       <c r="E11" t="s">
-        <v>1057</v>
+        <v>107</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1058</v>
+        <v>108</v>
       </c>
       <c r="H11" t="s">
-        <v>1059</v>
-[...89 lines deleted...]
-        <v>1086</v>
+        <v>109</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>1087</v>
+        <v>110</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>111</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="E12" t="s">
-        <v>1088</v>
+        <v>113</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1089</v>
+        <v>114</v>
       </c>
       <c r="H12" t="s">
-        <v>1090</v>
-[...1021 lines deleted...]
-        <v>1308</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1309</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
-        <v>1310</v>
+        <v>117</v>
       </c>
       <c r="C2" t="s">
-        <v>1311</v>
+        <v>118</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>119</v>
       </c>
       <c r="E2" t="s">
-        <v>1312</v>
+        <v>120</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1313</v>
+        <v>121</v>
       </c>
       <c r="H2" t="s">
-        <v>1314</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:R10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>123</v>
+      </c>
+      <c r="J1" t="s">
+        <v>124</v>
+      </c>
+      <c r="K1" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>210</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>211</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>212</v>
+        <v>128</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>213</v>
+        <v>129</v>
       </c>
       <c r="H2" t="s">
-        <v>214</v>
+        <v>130</v>
+      </c>
+      <c r="I2" t="s">
+        <v>131</v>
+      </c>
+      <c r="J2" t="s">
+        <v>132</v>
+      </c>
+      <c r="K2" t="s">
+        <v>133</v>
+      </c>
+      <c r="L2" t="s">
+        <v>134</v>
+      </c>
+      <c r="M2" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B3" t="s">
-        <v>215</v>
+        <v>136</v>
       </c>
       <c r="C3" t="s">
-        <v>216</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>217</v>
+        <v>137</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>218</v>
+        <v>138</v>
       </c>
       <c r="H3" t="s">
-        <v>219</v>
+        <v>139</v>
+      </c>
+      <c r="I3" t="s">
+        <v>140</v>
+      </c>
+      <c r="J3" t="s">
+        <v>132</v>
+      </c>
+      <c r="K3" t="s">
+        <v>141</v>
+      </c>
+      <c r="L3" t="s">
+        <v>142</v>
+      </c>
+      <c r="M3" t="s">
+        <v>143</v>
+      </c>
+      <c r="N3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B4" t="s">
-        <v>220</v>
+        <v>145</v>
       </c>
       <c r="C4" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>222</v>
+        <v>146</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>223</v>
+        <v>147</v>
       </c>
       <c r="H4" t="s">
-        <v>224</v>
+        <v>148</v>
+      </c>
+      <c r="I4" t="s">
+        <v>149</v>
+      </c>
+      <c r="J4" t="s">
+        <v>150</v>
+      </c>
+      <c r="K4" t="s">
+        <v>151</v>
+      </c>
+      <c r="L4" t="s">
+        <v>152</v>
+      </c>
+      <c r="M4" t="s">
+        <v>153</v>
+      </c>
+      <c r="N4" t="s">
+        <v>154</v>
+      </c>
+      <c r="O4" t="s">
+        <v>155</v>
+      </c>
+      <c r="P4" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>157</v>
+      </c>
+      <c r="R4" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B5" t="s">
-        <v>225</v>
+        <v>159</v>
       </c>
       <c r="C5" t="s">
-        <v>226</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>227</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>228</v>
+        <v>160</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>229</v>
+        <v>161</v>
       </c>
       <c r="H5" t="s">
-        <v>230</v>
+        <v>162</v>
+      </c>
+      <c r="I5" t="s">
+        <v>163</v>
+      </c>
+      <c r="J5" t="s">
+        <v>164</v>
+      </c>
+      <c r="K5" t="s">
+        <v>165</v>
+      </c>
+      <c r="L5" t="s">
+        <v>166</v>
+      </c>
+      <c r="M5" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B6" t="s">
-        <v>231</v>
+        <v>168</v>
       </c>
       <c r="C6" t="s">
-        <v>232</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>233</v>
+        <v>169</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>234</v>
+        <v>170</v>
       </c>
       <c r="H6" t="s">
-        <v>235</v>
+        <v>171</v>
+      </c>
+      <c r="I6" t="s">
+        <v>172</v>
+      </c>
+      <c r="J6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K6" t="s">
+        <v>174</v>
+      </c>
+      <c r="L6" t="s">
+        <v>175</v>
+      </c>
+      <c r="M6" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B7" t="s">
-        <v>236</v>
+        <v>177</v>
       </c>
       <c r="C7" t="s">
-        <v>237</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>238</v>
+        <v>178</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>239</v>
+        <v>179</v>
       </c>
       <c r="H7" t="s">
-        <v>240</v>
+        <v>180</v>
+      </c>
+      <c r="I7" t="s">
+        <v>181</v>
+      </c>
+      <c r="J7" t="s">
+        <v>182</v>
+      </c>
+      <c r="K7" t="s">
+        <v>183</v>
+      </c>
+      <c r="L7" t="s">
+        <v>184</v>
+      </c>
+      <c r="M7" t="s">
+        <v>185</v>
+      </c>
+      <c r="N7" t="s">
+        <v>186</v>
+      </c>
+      <c r="O7" t="s">
+        <v>187</v>
+      </c>
+      <c r="P7" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B8" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="C8" t="s">
-        <v>242</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>243</v>
+        <v>190</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="H8" t="s">
-        <v>245</v>
+        <v>192</v>
+      </c>
+      <c r="I8" t="s">
+        <v>193</v>
+      </c>
+      <c r="J8" t="s">
+        <v>194</v>
+      </c>
+      <c r="K8" t="s">
+        <v>195</v>
+      </c>
+      <c r="L8" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B9" t="s">
-        <v>246</v>
+        <v>197</v>
       </c>
       <c r="C9" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>248</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>249</v>
+        <v>198</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>250</v>
+        <v>199</v>
       </c>
       <c r="H9" t="s">
-        <v>251</v>
+        <v>200</v>
+      </c>
+      <c r="I9" t="s">
+        <v>201</v>
+      </c>
+      <c r="J9" t="s">
+        <v>202</v>
+      </c>
+      <c r="K9" t="s">
+        <v>203</v>
+      </c>
+      <c r="L9" t="s">
+        <v>204</v>
+      </c>
+      <c r="M9" t="s">
+        <v>205</v>
+      </c>
+      <c r="N9" t="s">
+        <v>206</v>
+      </c>
+      <c r="O9" t="s">
+        <v>207</v>
+      </c>
+      <c r="P9" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>126</v>
+      </c>
+      <c r="B10" t="s">
         <v>209</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>253</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>254</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>255</v>
+        <v>210</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>256</v>
+        <v>211</v>
       </c>
       <c r="H10" t="s">
-        <v>257</v>
-[...1039 lines deleted...]
-        <v>453</v>
+        <v>212</v>
+      </c>
+      <c r="I10" t="s">
+        <v>213</v>
+      </c>
+      <c r="J10" t="s">
+        <v>214</v>
+      </c>
+      <c r="K10" t="s">
+        <v>215</v>
+      </c>
+      <c r="L10" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2236 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>