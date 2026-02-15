--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -45,51 +45,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2068" uniqueCount="1270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2173" uniqueCount="1336">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -677,98 +677,158 @@
   <si>
     <t>c_398686</t>
   </si>
   <si>
     <t>LINK SARL (France)</t>
   </si>
   <si>
     <t>CYSTISTAT 40mg/50ml</t>
   </si>
   <si>
     <t>05/04/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398770/fr/cystistat-40mg/50ml</t>
   </si>
   <si>
     <t>c_398770</t>
   </si>
   <si>
     <t>BIONICHE</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladies des exostoses multiples</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de MEM. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806315/fr/maladies-des-exostoses-multiples</t>
+  </si>
+  <si>
+    <t>p_3806315</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
     <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
   </si>
   <si>
     <t>p_3563444</t>
   </si>
   <si>
     <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
   </si>
   <si>
     <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
   </si>
   <si>
     <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
     <t>Rachitismes rares vitamine D-dépendants</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>25/09/2024 17:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
   </si>
   <si>
     <t>p_3542916</t>
   </si>
   <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
     <t>Neutropénies chroniques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
   </si>
   <si>
     <t>p_3522408</t>
   </si>
   <si>
     <t>Hypercalcémie infantile idiopathique (HII)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/06/2024 00:00:00</t>
   </si>
   <si>
     <t>02/08/2024 17:12:14</t>
@@ -1076,50 +1136,65 @@
   <si>
     <t>22/10/2021 14:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
   </si>
   <si>
     <t>p_3293857</t>
   </si>
   <si>
     <t>Amélogenèses imparfaites</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/09/2021 12:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
   </si>
   <si>
     <t>p_3284538</t>
   </si>
   <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
     <t>Hypophosphatasie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/07/2021 11:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
   </si>
   <si>
     <t>p_3280131</t>
   </si>
   <si>
     <t>Déficits du cycle de l’urée</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/06/2021 09:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
@@ -1229,113 +1304,203 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
   </si>
   <si>
     <t>p_3112119</t>
   </si>
   <si>
     <t>Microdélétion 2q37</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de microdélétion 2q37. Il a été élaboré par le Centre de Référence "Anomalies du Développement et Syndromes Malformatifs" à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>09/08/2019 00:00:00</t>
   </si>
   <si>
     <t>21/08/2019 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3097438/fr/microdeletion-2q37</t>
   </si>
   <si>
     <t>p_3097438</t>
   </si>
   <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type V, Maladie de Mc Ardle</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de la maladie de McArdle. Il a été élaboré par le Centre de Référence des maladies neuromusculaires et de la SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076463/fr/glycogenose-de-type-v-maladie-de-mc-ardle</t>
+  </si>
+  <si>
+    <t>p_3076463</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
     <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/12/2018 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
   </si>
   <si>
     <t>c_2889689</t>
   </si>
   <si>
     <t>Cystinose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/08/2018 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
   </si>
   <si>
     <t>c_2867367</t>
   </si>
   <si>
     <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
   </si>
   <si>
     <t>14/05/2018 11:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
   </si>
   <si>
     <t>c_2849265</t>
   </si>
   <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 4 février 2026</t>
+  </si>
+  <si>
+    <t>29/01/2026 11:51:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840663/fr/commission-de-la-transparence-reunion-du-4-fevrier-2026</t>
+  </si>
+  <si>
+    <t>p_3840663</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>CTV - Réunion du 10 juin 2025</t>
   </si>
   <si>
     <t>14/10/2025 11:09:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3608312/fr/ctv-reunion-du-10-juin-2025</t>
   </si>
   <si>
     <t>p_3608312</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
   </si>
   <si>
     <t>04/12/2024 08:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
   </si>
   <si>
     <t>p_3565815</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
   </si>
   <si>
     <t>15/11/2024 08:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
   </si>
   <si>
     <t>p_3556609</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 24 avril 2024</t>
@@ -1754,50 +1919,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
     <t>Prise en charge des patients hémodialysés chroniques (DIA)</t>
   </si>
   <si>
     <t>Résultats nationaux campagne 2017 des indicateurs sur la prise en charge des patients hémodialysés chroniques.</t>
   </si>
   <si>
     <t>19/12/2017 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2677037/fr/prise-en-charge-des-patients-hemodialyses-chroniques-dia</t>
   </si>
   <si>
     <t>c_2677037</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
+  </si>
+  <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
   </si>
   <si>
     <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>28/01/2025 10:58:00</t>
@@ -1922,50 +2105,68 @@
   <si>
     <t>17/03/2016 12:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
   </si>
   <si>
     <t>c_946211</t>
   </si>
   <si>
     <t>Sondage urinaire</t>
   </si>
   <si>
     <t>01/06/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_447551/fr/sondage-urinaire</t>
   </si>
   <si>
     <t>c_447551</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique - note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>11/02/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
     <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
   </si>
   <si>
     <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
   </si>
   <si>
     <t>13/02/2024 13:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
   </si>
   <si>
     <t>p_3426280</t>
   </si>
   <si>
     <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
     <t>22/01/2020 00:00:00</t>
   </si>
   <si>
     <t>03/02/2020 10:20:00</t>
@@ -1982,51 +2183,51 @@
   <si>
     <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
   </si>
   <si>
     <t>28/01/2015 00:00:00</t>
   </si>
   <si>
     <t>16/03/2015 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
   </si>
   <si>
     <t>c_1696038</t>
   </si>
   <si>
     <t>Détection précoce du cancer de la prostate</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>26/06/2013 00:00:00</t>
   </si>
   <si>
-    <t>08/10/2013 18:17:20</t>
+    <t>08/10/2013 18:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>c_1623737</t>
   </si>
   <si>
     <t>Stratégies de prévention de la carie dentaire</t>
   </si>
   <si>
     <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
   </si>
   <si>
     <t>31/03/2010 00:00:00</t>
   </si>
   <si>
     <t>13/10/2010 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
   </si>
   <si>
     <t>c_991247</t>
   </si>
@@ -2064,53 +2265,50 @@
     <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
   </si>
   <si>
     <t>p_3346001</t>
   </si>
   <si>
     <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique s’intègre dans le parcours de soin des patients présentant une obstruction nasale chronique ou ayant développé un SNV après un geste turbinal. Elle s’inscrit dans le cadre d’une concertation pluridisciplinaire (associant l’ORL, le médecin généraliste et d’autres professionnels si nécessaire) et d’une décision partagée avec le patient dûment informé.</t>
   </si>
   <si>
     <t>15/12/2022 15:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
   </si>
   <si>
     <t>p_3395700</t>
   </si>
   <si>
     <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
   </si>
   <si>
     <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
-  </si>
-[...1 lines deleted...]
-    <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>30/07/2019 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
   </si>
   <si>
     <t>p_3076150</t>
   </si>
   <si>
     <t>Prise en charge du patient présentant une lombalgie commune</t>
   </si>
   <si>
     <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
   </si>
   <si>
     <t>27/03/2019 00:00:00</t>
   </si>
   <si>
     <t>04/04/2019 10:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
   </si>
@@ -4977,2486 +5175,2486 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B2" t="s">
-        <v>758</v>
+        <v>824</v>
       </c>
       <c r="C2" t="s">
-        <v>759</v>
+        <v>825</v>
       </c>
       <c r="D2" t="s">
-        <v>760</v>
+        <v>826</v>
       </c>
       <c r="E2" t="s">
-        <v>761</v>
+        <v>827</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>762</v>
+        <v>828</v>
       </c>
       <c r="H2" t="s">
-        <v>763</v>
+        <v>829</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B3" t="s">
-        <v>764</v>
+        <v>830</v>
       </c>
       <c r="C3" t="s">
-        <v>765</v>
+        <v>831</v>
       </c>
       <c r="D3" t="s">
-        <v>760</v>
+        <v>826</v>
       </c>
       <c r="E3" t="s">
-        <v>766</v>
+        <v>832</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>767</v>
+        <v>833</v>
       </c>
       <c r="H3" t="s">
-        <v>768</v>
+        <v>834</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B4" t="s">
-        <v>769</v>
+        <v>835</v>
       </c>
       <c r="C4" t="s">
-        <v>770</v>
+        <v>836</v>
       </c>
       <c r="D4" t="s">
-        <v>771</v>
+        <v>837</v>
       </c>
       <c r="E4" t="s">
-        <v>772</v>
+        <v>838</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>773</v>
+        <v>839</v>
       </c>
       <c r="H4" t="s">
-        <v>774</v>
+        <v>840</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B5" t="s">
-        <v>775</v>
+        <v>841</v>
       </c>
       <c r="C5" t="s">
-        <v>776</v>
+        <v>842</v>
       </c>
       <c r="D5" t="s">
-        <v>777</v>
+        <v>843</v>
       </c>
       <c r="E5" t="s">
-        <v>778</v>
+        <v>844</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>779</v>
+        <v>845</v>
       </c>
       <c r="H5" t="s">
-        <v>780</v>
+        <v>846</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B6" t="s">
-        <v>781</v>
+        <v>847</v>
       </c>
       <c r="C6" t="s">
-        <v>782</v>
+        <v>848</v>
       </c>
       <c r="D6" t="s">
-        <v>783</v>
+        <v>849</v>
       </c>
       <c r="E6" t="s">
-        <v>784</v>
+        <v>850</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>785</v>
+        <v>851</v>
       </c>
       <c r="H6" t="s">
-        <v>786</v>
+        <v>852</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B7" t="s">
-        <v>787</v>
+        <v>853</v>
       </c>
       <c r="C7" t="s">
-        <v>788</v>
+        <v>854</v>
       </c>
       <c r="D7" t="s">
-        <v>789</v>
+        <v>855</v>
       </c>
       <c r="E7" t="s">
-        <v>790</v>
+        <v>856</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>791</v>
+        <v>857</v>
       </c>
       <c r="H7" t="s">
-        <v>792</v>
+        <v>858</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B8" t="s">
-        <v>793</v>
+        <v>859</v>
       </c>
       <c r="C8" t="s">
-        <v>794</v>
+        <v>860</v>
       </c>
       <c r="D8" t="s">
-        <v>795</v>
+        <v>861</v>
       </c>
       <c r="E8" t="s">
-        <v>796</v>
+        <v>862</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>797</v>
+        <v>863</v>
       </c>
       <c r="H8" t="s">
-        <v>798</v>
+        <v>864</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B9" t="s">
-        <v>799</v>
+        <v>865</v>
       </c>
       <c r="C9" t="s">
-        <v>800</v>
+        <v>866</v>
       </c>
       <c r="D9" t="s">
-        <v>801</v>
+        <v>867</v>
       </c>
       <c r="E9" t="s">
-        <v>802</v>
+        <v>868</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>803</v>
+        <v>869</v>
       </c>
       <c r="H9" t="s">
-        <v>804</v>
+        <v>870</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B10" t="s">
-        <v>805</v>
+        <v>871</v>
       </c>
       <c r="C10" t="s">
-        <v>806</v>
+        <v>872</v>
       </c>
       <c r="D10" t="s">
-        <v>807</v>
+        <v>873</v>
       </c>
       <c r="E10" t="s">
-        <v>808</v>
+        <v>874</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>809</v>
+        <v>875</v>
       </c>
       <c r="H10" t="s">
-        <v>810</v>
+        <v>876</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B11" t="s">
-        <v>811</v>
+        <v>877</v>
       </c>
       <c r="C11" t="s">
-        <v>812</v>
+        <v>878</v>
       </c>
       <c r="D11" t="s">
         <v>107</v>
       </c>
       <c r="E11" t="s">
-        <v>813</v>
+        <v>879</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>814</v>
+        <v>880</v>
       </c>
       <c r="H11" t="s">
-        <v>815</v>
+        <v>881</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B12" t="s">
-        <v>816</v>
+        <v>882</v>
       </c>
       <c r="C12" t="s">
-        <v>817</v>
+        <v>883</v>
       </c>
       <c r="D12" t="s">
-        <v>818</v>
+        <v>884</v>
       </c>
       <c r="E12" t="s">
-        <v>819</v>
+        <v>885</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>820</v>
+        <v>886</v>
       </c>
       <c r="H12" t="s">
-        <v>821</v>
+        <v>887</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B13" t="s">
-        <v>822</v>
+        <v>888</v>
       </c>
       <c r="C13" t="s">
-        <v>823</v>
+        <v>889</v>
       </c>
       <c r="D13" t="s">
-        <v>824</v>
+        <v>890</v>
       </c>
       <c r="E13" t="s">
-        <v>825</v>
+        <v>891</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>826</v>
+        <v>892</v>
       </c>
       <c r="H13" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B14" t="s">
-        <v>828</v>
+        <v>894</v>
       </c>
       <c r="C14" t="s">
-        <v>829</v>
+        <v>895</v>
       </c>
       <c r="D14" t="s">
-        <v>830</v>
+        <v>896</v>
       </c>
       <c r="E14" t="s">
-        <v>831</v>
+        <v>897</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>832</v>
+        <v>898</v>
       </c>
       <c r="H14" t="s">
-        <v>833</v>
+        <v>899</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B15" t="s">
-        <v>834</v>
+        <v>900</v>
       </c>
       <c r="C15" t="s">
-        <v>835</v>
+        <v>901</v>
       </c>
       <c r="D15" t="s">
-        <v>836</v>
+        <v>902</v>
       </c>
       <c r="E15" t="s">
-        <v>837</v>
+        <v>903</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>838</v>
+        <v>904</v>
       </c>
       <c r="H15" t="s">
-        <v>839</v>
+        <v>905</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B16" t="s">
-        <v>840</v>
+        <v>906</v>
       </c>
       <c r="C16" t="s">
-        <v>841</v>
+        <v>907</v>
       </c>
       <c r="D16" t="s">
-        <v>842</v>
+        <v>908</v>
       </c>
       <c r="E16" t="s">
-        <v>843</v>
+        <v>909</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>844</v>
+        <v>910</v>
       </c>
       <c r="H16" t="s">
-        <v>845</v>
+        <v>911</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B17" t="s">
-        <v>846</v>
+        <v>912</v>
       </c>
       <c r="C17" t="s">
-        <v>847</v>
+        <v>913</v>
       </c>
       <c r="D17" t="s">
-        <v>848</v>
+        <v>914</v>
       </c>
       <c r="E17" t="s">
-        <v>849</v>
+        <v>915</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>850</v>
+        <v>916</v>
       </c>
       <c r="H17" t="s">
-        <v>851</v>
+        <v>917</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B18" t="s">
-        <v>852</v>
+        <v>918</v>
       </c>
       <c r="C18" t="s">
-        <v>853</v>
+        <v>919</v>
       </c>
       <c r="D18" t="s">
-        <v>854</v>
+        <v>920</v>
       </c>
       <c r="E18" t="s">
-        <v>855</v>
+        <v>921</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>856</v>
+        <v>922</v>
       </c>
       <c r="H18" t="s">
-        <v>857</v>
+        <v>923</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B19" t="s">
-        <v>858</v>
+        <v>924</v>
       </c>
       <c r="C19" t="s">
-        <v>859</v>
+        <v>925</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>860</v>
+        <v>926</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>861</v>
+        <v>927</v>
       </c>
       <c r="H19" t="s">
-        <v>862</v>
+        <v>928</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>757</v>
+        <v>823</v>
       </c>
       <c r="B20" t="s">
-        <v>863</v>
+        <v>929</v>
       </c>
       <c r="C20" t="s">
-        <v>864</v>
+        <v>930</v>
       </c>
       <c r="D20" t="s">
-        <v>865</v>
+        <v>931</v>
       </c>
       <c r="E20" t="s">
-        <v>866</v>
+        <v>932</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>867</v>
+        <v>933</v>
       </c>
       <c r="H20" t="s">
-        <v>868</v>
+        <v>934</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>869</v>
+        <v>935</v>
       </c>
       <c r="B2" t="s">
-        <v>870</v>
+        <v>936</v>
       </c>
       <c r="C2" t="s">
-        <v>871</v>
+        <v>937</v>
       </c>
       <c r="D2" t="s">
-        <v>872</v>
+        <v>938</v>
       </c>
       <c r="E2" t="s">
-        <v>873</v>
+        <v>939</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>874</v>
+        <v>940</v>
       </c>
       <c r="H2" t="s">
-        <v>875</v>
+        <v>941</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>869</v>
+        <v>935</v>
       </c>
       <c r="B3" t="s">
-        <v>876</v>
+        <v>942</v>
       </c>
       <c r="C3" t="s">
-        <v>877</v>
+        <v>943</v>
       </c>
       <c r="D3" t="s">
-        <v>878</v>
+        <v>944</v>
       </c>
       <c r="E3" t="s">
-        <v>879</v>
+        <v>945</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>880</v>
+        <v>946</v>
       </c>
       <c r="H3" t="s">
-        <v>881</v>
+        <v>947</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>869</v>
+        <v>935</v>
       </c>
       <c r="B4" t="s">
-        <v>882</v>
+        <v>948</v>
       </c>
       <c r="C4" t="s">
-        <v>883</v>
+        <v>949</v>
       </c>
       <c r="D4" t="s">
-        <v>884</v>
+        <v>950</v>
       </c>
       <c r="E4" t="s">
-        <v>885</v>
+        <v>951</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>886</v>
+        <v>952</v>
       </c>
       <c r="H4" t="s">
-        <v>887</v>
+        <v>953</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>869</v>
+        <v>935</v>
       </c>
       <c r="B5" t="s">
-        <v>888</v>
+        <v>954</v>
       </c>
       <c r="C5" t="s">
-        <v>889</v>
+        <v>955</v>
       </c>
       <c r="D5" t="s">
-        <v>890</v>
+        <v>956</v>
       </c>
       <c r="E5" t="s">
-        <v>891</v>
+        <v>957</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>892</v>
+        <v>958</v>
       </c>
       <c r="H5" t="s">
-        <v>893</v>
+        <v>959</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>869</v>
+        <v>935</v>
       </c>
       <c r="B6" t="s">
-        <v>894</v>
+        <v>960</v>
       </c>
       <c r="C6" t="s">
-        <v>895</v>
+        <v>961</v>
       </c>
       <c r="D6" t="s">
-        <v>896</v>
+        <v>962</v>
       </c>
       <c r="E6" t="s">
-        <v>897</v>
+        <v>963</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>898</v>
+        <v>964</v>
       </c>
       <c r="H6" t="s">
-        <v>899</v>
+        <v>965</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>869</v>
+        <v>935</v>
       </c>
       <c r="B7" t="s">
-        <v>900</v>
+        <v>966</v>
       </c>
       <c r="C7" t="s">
-        <v>901</v>
+        <v>967</v>
       </c>
       <c r="D7" t="s">
-        <v>902</v>
+        <v>968</v>
       </c>
       <c r="E7" t="s">
-        <v>903</v>
+        <v>969</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>904</v>
+        <v>970</v>
       </c>
       <c r="H7" t="s">
-        <v>905</v>
+        <v>971</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>869</v>
+        <v>935</v>
       </c>
       <c r="B8" t="s">
-        <v>906</v>
+        <v>972</v>
       </c>
       <c r="C8" t="s">
-        <v>907</v>
+        <v>973</v>
       </c>
       <c r="D8" t="s">
-        <v>908</v>
+        <v>974</v>
       </c>
       <c r="E8" t="s">
-        <v>909</v>
+        <v>975</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>910</v>
+        <v>976</v>
       </c>
       <c r="H8" t="s">
-        <v>911</v>
+        <v>977</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>869</v>
+        <v>935</v>
       </c>
       <c r="B9" t="s">
-        <v>912</v>
+        <v>978</v>
       </c>
       <c r="C9" t="s">
-        <v>913</v>
+        <v>979</v>
       </c>
       <c r="D9" t="s">
-        <v>914</v>
+        <v>980</v>
       </c>
       <c r="E9" t="s">
-        <v>915</v>
+        <v>981</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>916</v>
+        <v>982</v>
       </c>
       <c r="H9" t="s">
-        <v>917</v>
+        <v>983</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AL37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>918</v>
+        <v>984</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>919</v>
+        <v>985</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B2" t="s">
-        <v>921</v>
+        <v>987</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>922</v>
+        <v>988</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>923</v>
+        <v>989</v>
       </c>
       <c r="H2" t="s">
-        <v>924</v>
+        <v>990</v>
       </c>
       <c r="I2" t="s">
-        <v>925</v>
+        <v>991</v>
       </c>
       <c r="J2" t="s">
-        <v>926</v>
+        <v>992</v>
       </c>
       <c r="K2" t="s">
-        <v>927</v>
+        <v>993</v>
       </c>
       <c r="L2" t="s">
-        <v>928</v>
+        <v>994</v>
       </c>
       <c r="M2" t="s">
-        <v>929</v>
+        <v>995</v>
       </c>
       <c r="N2" t="s">
-        <v>930</v>
+        <v>996</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B3" t="s">
-        <v>931</v>
+        <v>997</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>932</v>
+        <v>998</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>933</v>
+        <v>999</v>
       </c>
       <c r="H3" t="s">
-        <v>934</v>
+        <v>1000</v>
       </c>
       <c r="I3" t="s">
-        <v>935</v>
+        <v>1001</v>
       </c>
       <c r="J3" t="s">
-        <v>936</v>
+        <v>1002</v>
       </c>
       <c r="K3" t="s">
-        <v>937</v>
+        <v>1003</v>
       </c>
       <c r="L3" t="s">
-        <v>938</v>
+        <v>1004</v>
       </c>
       <c r="M3" t="s">
-        <v>939</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B4" t="s">
-        <v>940</v>
+        <v>1006</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>941</v>
+        <v>1007</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>942</v>
+        <v>1008</v>
       </c>
       <c r="H4" t="s">
-        <v>943</v>
+        <v>1009</v>
       </c>
       <c r="I4" t="s">
-        <v>944</v>
+        <v>1010</v>
       </c>
       <c r="J4" t="s">
-        <v>945</v>
+        <v>1011</v>
       </c>
       <c r="K4" t="s">
-        <v>946</v>
+        <v>1012</v>
       </c>
       <c r="L4" t="s">
-        <v>947</v>
+        <v>1013</v>
       </c>
       <c r="M4" t="s">
-        <v>948</v>
+        <v>1014</v>
       </c>
       <c r="N4" t="s">
-        <v>949</v>
+        <v>1015</v>
       </c>
       <c r="O4" t="s">
-        <v>950</v>
+        <v>1016</v>
       </c>
       <c r="P4" t="s">
-        <v>951</v>
+        <v>1017</v>
       </c>
       <c r="Q4" t="s">
-        <v>952</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B5" t="s">
-        <v>953</v>
+        <v>1019</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>954</v>
+        <v>1020</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>955</v>
+        <v>1021</v>
       </c>
       <c r="H5" t="s">
-        <v>956</v>
+        <v>1022</v>
       </c>
       <c r="I5" t="s">
-        <v>957</v>
+        <v>1023</v>
       </c>
       <c r="J5" t="s">
-        <v>958</v>
+        <v>1024</v>
       </c>
       <c r="K5" t="s">
-        <v>959</v>
+        <v>1025</v>
       </c>
       <c r="L5" t="s">
-        <v>960</v>
+        <v>1026</v>
       </c>
       <c r="M5" t="s">
-        <v>961</v>
+        <v>1027</v>
       </c>
       <c r="N5" t="s">
-        <v>962</v>
+        <v>1028</v>
       </c>
       <c r="O5" t="s">
-        <v>963</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B6" t="s">
-        <v>964</v>
+        <v>1030</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>954</v>
+        <v>1020</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>965</v>
+        <v>1031</v>
       </c>
       <c r="H6" t="s">
-        <v>966</v>
+        <v>1032</v>
       </c>
       <c r="I6" t="s">
-        <v>967</v>
+        <v>1033</v>
       </c>
       <c r="J6" t="s">
-        <v>968</v>
+        <v>1034</v>
       </c>
       <c r="K6" t="s">
-        <v>969</v>
+        <v>1035</v>
       </c>
       <c r="L6" t="s">
-        <v>970</v>
+        <v>1036</v>
       </c>
       <c r="M6" t="s">
-        <v>971</v>
+        <v>1037</v>
       </c>
       <c r="N6" t="s">
-        <v>972</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B7" t="s">
-        <v>973</v>
+        <v>1039</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>974</v>
+        <v>1040</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>975</v>
+        <v>1041</v>
       </c>
       <c r="H7" t="s">
-        <v>976</v>
+        <v>1042</v>
       </c>
       <c r="I7" t="s">
-        <v>977</v>
+        <v>1043</v>
       </c>
       <c r="J7" t="s">
-        <v>978</v>
+        <v>1044</v>
       </c>
       <c r="K7" t="s">
-        <v>979</v>
+        <v>1045</v>
       </c>
       <c r="L7" t="s">
-        <v>980</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B8" t="s">
-        <v>981</v>
+        <v>1047</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>982</v>
+        <v>1048</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>983</v>
+        <v>1049</v>
       </c>
       <c r="H8" t="s">
-        <v>984</v>
+        <v>1050</v>
       </c>
       <c r="I8" t="s">
-        <v>985</v>
+        <v>1051</v>
       </c>
       <c r="J8" t="s">
-        <v>936</v>
+        <v>1002</v>
       </c>
       <c r="K8" t="s">
-        <v>986</v>
+        <v>1052</v>
       </c>
       <c r="L8" t="s">
-        <v>987</v>
+        <v>1053</v>
       </c>
       <c r="M8" t="s">
-        <v>988</v>
+        <v>1054</v>
       </c>
       <c r="N8" t="s">
-        <v>989</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B9" t="s">
-        <v>990</v>
+        <v>1056</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>991</v>
+        <v>1057</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>992</v>
+        <v>1058</v>
       </c>
       <c r="H9" t="s">
-        <v>993</v>
+        <v>1059</v>
       </c>
       <c r="I9" t="s">
-        <v>994</v>
+        <v>1060</v>
       </c>
       <c r="J9" t="s">
-        <v>958</v>
+        <v>1024</v>
       </c>
       <c r="K9" t="s">
-        <v>995</v>
+        <v>1061</v>
       </c>
       <c r="L9" t="s">
-        <v>996</v>
+        <v>1062</v>
       </c>
       <c r="M9" t="s">
-        <v>997</v>
+        <v>1063</v>
       </c>
       <c r="N9" t="s">
-        <v>998</v>
+        <v>1064</v>
       </c>
       <c r="O9" t="s">
-        <v>999</v>
+        <v>1065</v>
       </c>
       <c r="P9" t="s">
-        <v>1000</v>
+        <v>1066</v>
       </c>
       <c r="Q9" t="s">
-        <v>1001</v>
+        <v>1067</v>
       </c>
       <c r="R9" t="s">
-        <v>1002</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B10" t="s">
-        <v>1003</v>
+        <v>1069</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>1004</v>
+        <v>1070</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>1005</v>
+        <v>1071</v>
       </c>
       <c r="H10" t="s">
-        <v>1006</v>
+        <v>1072</v>
       </c>
       <c r="I10" t="s">
-        <v>1007</v>
+        <v>1073</v>
       </c>
       <c r="J10" t="s">
-        <v>978</v>
+        <v>1044</v>
       </c>
       <c r="K10" t="s">
-        <v>1008</v>
+        <v>1074</v>
       </c>
       <c r="L10" t="s">
-        <v>1009</v>
+        <v>1075</v>
       </c>
       <c r="M10" t="s">
-        <v>1010</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B11" t="s">
-        <v>1011</v>
+        <v>1077</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>1012</v>
+        <v>1078</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>1013</v>
+        <v>1079</v>
       </c>
       <c r="H11" t="s">
-        <v>1014</v>
+        <v>1080</v>
       </c>
       <c r="I11" t="s">
-        <v>1015</v>
+        <v>1081</v>
       </c>
       <c r="J11" t="s">
-        <v>1016</v>
+        <v>1082</v>
       </c>
       <c r="K11" t="s">
-        <v>1017</v>
+        <v>1083</v>
       </c>
       <c r="L11" t="s">
-        <v>1018</v>
+        <v>1084</v>
       </c>
       <c r="M11" t="s">
-        <v>1019</v>
+        <v>1085</v>
       </c>
       <c r="N11" t="s">
-        <v>1020</v>
+        <v>1086</v>
       </c>
       <c r="O11" t="s">
-        <v>1021</v>
+        <v>1087</v>
       </c>
       <c r="P11" t="s">
-        <v>1022</v>
+        <v>1088</v>
       </c>
       <c r="Q11" t="s">
-        <v>1023</v>
+        <v>1089</v>
       </c>
       <c r="R11" t="s">
-        <v>1024</v>
+        <v>1090</v>
       </c>
       <c r="S11" t="s">
-        <v>1025</v>
+        <v>1091</v>
       </c>
       <c r="T11" t="s">
-        <v>1026</v>
+        <v>1092</v>
       </c>
       <c r="U11" t="s">
-        <v>1027</v>
+        <v>1093</v>
       </c>
       <c r="V11" t="s">
-        <v>1028</v>
+        <v>1094</v>
       </c>
       <c r="W11" t="s">
-        <v>1029</v>
+        <v>1095</v>
       </c>
       <c r="X11" t="s">
-        <v>1030</v>
+        <v>1096</v>
       </c>
       <c r="Y11" t="s">
-        <v>1031</v>
+        <v>1097</v>
       </c>
       <c r="Z11" t="s">
-        <v>1032</v>
+        <v>1098</v>
       </c>
       <c r="AA11" t="s">
-        <v>1033</v>
+        <v>1099</v>
       </c>
       <c r="AB11" t="s">
-        <v>1034</v>
+        <v>1100</v>
       </c>
       <c r="AC11" t="s">
-        <v>1035</v>
+        <v>1101</v>
       </c>
       <c r="AD11" t="s">
-        <v>1036</v>
+        <v>1102</v>
       </c>
       <c r="AE11" t="s">
-        <v>1020</v>
+        <v>1086</v>
       </c>
       <c r="AF11" t="s">
-        <v>1021</v>
+        <v>1087</v>
       </c>
       <c r="AG11" t="s">
-        <v>1022</v>
+        <v>1088</v>
       </c>
       <c r="AH11" t="s">
-        <v>1037</v>
+        <v>1103</v>
       </c>
       <c r="AI11" t="s">
-        <v>1038</v>
+        <v>1104</v>
       </c>
       <c r="AJ11" t="s">
-        <v>1039</v>
+        <v>1105</v>
       </c>
       <c r="AK11" t="s">
-        <v>1040</v>
+        <v>1106</v>
       </c>
       <c r="AL11" t="s">
-        <v>1041</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B12" t="s">
-        <v>1042</v>
+        <v>1108</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>1043</v>
+        <v>1109</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>1044</v>
+        <v>1110</v>
       </c>
       <c r="H12" t="s">
-        <v>1045</v>
+        <v>1111</v>
       </c>
       <c r="I12" t="s">
-        <v>1046</v>
+        <v>1112</v>
       </c>
       <c r="J12" t="s">
-        <v>1047</v>
+        <v>1113</v>
       </c>
       <c r="K12" t="s">
-        <v>1048</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B13" t="s">
-        <v>1049</v>
+        <v>1115</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>1050</v>
+        <v>1116</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>1051</v>
+        <v>1117</v>
       </c>
       <c r="H13" t="s">
-        <v>1052</v>
+        <v>1118</v>
       </c>
       <c r="I13" t="s">
-        <v>1053</v>
+        <v>1119</v>
       </c>
       <c r="J13" t="s">
-        <v>1054</v>
+        <v>1120</v>
       </c>
       <c r="K13" t="s">
-        <v>1055</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B14" t="s">
-        <v>1056</v>
+        <v>1122</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>1057</v>
+        <v>1123</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>1058</v>
+        <v>1124</v>
       </c>
       <c r="H14" t="s">
-        <v>1059</v>
+        <v>1125</v>
       </c>
       <c r="I14" t="s">
-        <v>1060</v>
+        <v>1126</v>
       </c>
       <c r="J14" t="s">
-        <v>1061</v>
+        <v>1127</v>
       </c>
       <c r="K14" t="s">
-        <v>1062</v>
+        <v>1128</v>
       </c>
       <c r="L14" t="s">
-        <v>1063</v>
+        <v>1129</v>
       </c>
       <c r="M14" t="s">
-        <v>1064</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B15" t="s">
-        <v>1065</v>
+        <v>1131</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>1066</v>
+        <v>1132</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>1067</v>
+        <v>1133</v>
       </c>
       <c r="H15" t="s">
-        <v>1068</v>
+        <v>1134</v>
       </c>
       <c r="I15" t="s">
-        <v>1069</v>
+        <v>1135</v>
       </c>
       <c r="J15" t="s">
-        <v>1070</v>
+        <v>1136</v>
       </c>
       <c r="K15" t="s">
-        <v>1071</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B16" t="s">
-        <v>1072</v>
+        <v>1138</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>1073</v>
+        <v>1139</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>1074</v>
+        <v>1140</v>
       </c>
       <c r="H16" t="s">
-        <v>1075</v>
+        <v>1141</v>
       </c>
       <c r="I16" t="s">
-        <v>1076</v>
+        <v>1142</v>
       </c>
       <c r="J16" t="s">
-        <v>1077</v>
+        <v>1143</v>
       </c>
       <c r="K16" t="s">
-        <v>1078</v>
+        <v>1144</v>
       </c>
       <c r="L16" t="s">
-        <v>1079</v>
+        <v>1145</v>
       </c>
       <c r="M16" t="s">
-        <v>1080</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B17" t="s">
-        <v>1081</v>
+        <v>1147</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>1082</v>
+        <v>1148</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>1083</v>
+        <v>1149</v>
       </c>
       <c r="H17" t="s">
-        <v>1084</v>
+        <v>1150</v>
       </c>
       <c r="I17" t="s">
-        <v>1085</v>
+        <v>1151</v>
       </c>
       <c r="J17" t="s">
-        <v>1086</v>
+        <v>1152</v>
       </c>
       <c r="K17" t="s">
-        <v>1087</v>
+        <v>1153</v>
       </c>
       <c r="L17" t="s">
-        <v>1088</v>
+        <v>1154</v>
       </c>
       <c r="M17" t="s">
-        <v>1089</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B18" t="s">
-        <v>1090</v>
+        <v>1156</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>1091</v>
+        <v>1157</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>1092</v>
+        <v>1158</v>
       </c>
       <c r="H18" t="s">
-        <v>1093</v>
+        <v>1159</v>
       </c>
       <c r="I18" t="s">
-        <v>1094</v>
+        <v>1160</v>
       </c>
       <c r="J18" t="s">
-        <v>1095</v>
+        <v>1161</v>
       </c>
       <c r="K18" t="s">
-        <v>1096</v>
+        <v>1162</v>
       </c>
       <c r="L18" t="s">
-        <v>1097</v>
+        <v>1163</v>
       </c>
       <c r="M18" t="s">
-        <v>1098</v>
+        <v>1164</v>
       </c>
       <c r="N18" t="s">
-        <v>1099</v>
+        <v>1165</v>
       </c>
       <c r="O18" t="s">
-        <v>1100</v>
+        <v>1166</v>
       </c>
       <c r="P18" t="s">
-        <v>1101</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B19" t="s">
-        <v>1102</v>
+        <v>1168</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>1103</v>
+        <v>1169</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>1104</v>
+        <v>1170</v>
       </c>
       <c r="H19" t="s">
-        <v>1105</v>
+        <v>1171</v>
       </c>
       <c r="I19" t="s">
-        <v>1106</v>
+        <v>1172</v>
       </c>
       <c r="J19" t="s">
-        <v>1107</v>
+        <v>1173</v>
       </c>
       <c r="K19" t="s">
-        <v>1108</v>
+        <v>1174</v>
       </c>
       <c r="L19" t="s">
-        <v>1109</v>
+        <v>1175</v>
       </c>
       <c r="M19" t="s">
-        <v>1110</v>
+        <v>1176</v>
       </c>
       <c r="N19" t="s">
-        <v>1111</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B20" t="s">
-        <v>1112</v>
+        <v>1178</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>1113</v>
+        <v>1179</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>1114</v>
+        <v>1180</v>
       </c>
       <c r="H20" t="s">
-        <v>1115</v>
+        <v>1181</v>
       </c>
       <c r="I20" t="s">
-        <v>1116</v>
+        <v>1182</v>
       </c>
       <c r="J20" t="s">
-        <v>1117</v>
+        <v>1183</v>
       </c>
       <c r="K20" t="s">
-        <v>1118</v>
+        <v>1184</v>
       </c>
       <c r="L20" t="s">
-        <v>1119</v>
+        <v>1185</v>
       </c>
       <c r="M20" t="s">
-        <v>1120</v>
+        <v>1186</v>
       </c>
       <c r="N20" t="s">
-        <v>1121</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B21" t="s">
-        <v>1122</v>
+        <v>1188</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>1123</v>
+        <v>1189</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>1124</v>
+        <v>1190</v>
       </c>
       <c r="H21" t="s">
-        <v>1125</v>
+        <v>1191</v>
       </c>
       <c r="I21" t="s">
-        <v>1053</v>
+        <v>1119</v>
       </c>
       <c r="J21" t="s">
-        <v>978</v>
+        <v>1044</v>
       </c>
       <c r="K21" t="s">
-        <v>1126</v>
+        <v>1192</v>
       </c>
       <c r="L21" t="s">
-        <v>1127</v>
+        <v>1193</v>
       </c>
       <c r="M21" t="s">
-        <v>1128</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B22" t="s">
-        <v>1129</v>
+        <v>1195</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>1130</v>
+        <v>1196</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>1131</v>
+        <v>1197</v>
       </c>
       <c r="H22" t="s">
-        <v>1132</v>
+        <v>1198</v>
       </c>
       <c r="I22" t="s">
-        <v>1133</v>
+        <v>1199</v>
       </c>
       <c r="J22" t="s">
-        <v>1134</v>
+        <v>1200</v>
       </c>
       <c r="K22" t="s">
-        <v>1135</v>
+        <v>1201</v>
       </c>
       <c r="L22" t="s">
-        <v>1136</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B23" t="s">
-        <v>1137</v>
+        <v>1203</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>1138</v>
+        <v>1204</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>1139</v>
+        <v>1205</v>
       </c>
       <c r="H23" t="s">
-        <v>1140</v>
+        <v>1206</v>
       </c>
       <c r="I23" t="s">
-        <v>1141</v>
+        <v>1207</v>
       </c>
       <c r="J23" t="s">
-        <v>1142</v>
+        <v>1208</v>
       </c>
       <c r="K23" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="L23" t="s">
-        <v>1144</v>
+        <v>1210</v>
       </c>
       <c r="M23" t="s">
-        <v>1145</v>
+        <v>1211</v>
       </c>
       <c r="N23" t="s">
-        <v>1146</v>
+        <v>1212</v>
       </c>
       <c r="O23" t="s">
-        <v>1147</v>
+        <v>1213</v>
       </c>
       <c r="P23" t="s">
-        <v>1148</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B24" t="s">
-        <v>1149</v>
+        <v>1215</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>1150</v>
+        <v>1216</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>1151</v>
+        <v>1217</v>
       </c>
       <c r="H24" t="s">
-        <v>1152</v>
+        <v>1218</v>
       </c>
       <c r="I24" t="s">
-        <v>957</v>
+        <v>1023</v>
       </c>
       <c r="J24" t="s">
-        <v>1153</v>
+        <v>1219</v>
       </c>
       <c r="K24" t="s">
-        <v>1154</v>
+        <v>1220</v>
       </c>
       <c r="L24" t="s">
-        <v>1155</v>
+        <v>1221</v>
       </c>
       <c r="M24" t="s">
-        <v>1156</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B25" t="s">
-        <v>1157</v>
+        <v>1223</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>1150</v>
+        <v>1216</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>1158</v>
+        <v>1224</v>
       </c>
       <c r="H25" t="s">
-        <v>1159</v>
+        <v>1225</v>
       </c>
       <c r="I25" t="s">
-        <v>1160</v>
+        <v>1226</v>
       </c>
       <c r="J25" t="s">
-        <v>1161</v>
+        <v>1227</v>
       </c>
       <c r="K25" t="s">
-        <v>1162</v>
+        <v>1228</v>
       </c>
       <c r="L25" t="s">
-        <v>1163</v>
+        <v>1229</v>
       </c>
       <c r="M25" t="s">
-        <v>1164</v>
+        <v>1230</v>
       </c>
       <c r="N25" t="s">
-        <v>1165</v>
+        <v>1231</v>
       </c>
       <c r="O25" t="s">
-        <v>1166</v>
+        <v>1232</v>
       </c>
       <c r="P25" t="s">
-        <v>1167</v>
+        <v>1233</v>
       </c>
       <c r="Q25" t="s">
-        <v>1168</v>
+        <v>1234</v>
       </c>
       <c r="R25" t="s">
-        <v>1169</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B26" t="s">
-        <v>1170</v>
+        <v>1236</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>1150</v>
+        <v>1216</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>1171</v>
+        <v>1237</v>
       </c>
       <c r="H26" t="s">
-        <v>1172</v>
+        <v>1238</v>
       </c>
       <c r="I26" t="s">
-        <v>944</v>
+        <v>1010</v>
       </c>
       <c r="J26" t="s">
-        <v>1173</v>
+        <v>1239</v>
       </c>
       <c r="K26" t="s">
-        <v>1174</v>
+        <v>1240</v>
       </c>
       <c r="L26" t="s">
-        <v>1175</v>
+        <v>1241</v>
       </c>
       <c r="M26" t="s">
-        <v>1176</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B27" t="s">
-        <v>1177</v>
+        <v>1243</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>1178</v>
+        <v>1244</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>1179</v>
+        <v>1245</v>
       </c>
       <c r="H27" t="s">
-        <v>1180</v>
+        <v>1246</v>
       </c>
       <c r="I27" t="s">
-        <v>1181</v>
+        <v>1247</v>
       </c>
       <c r="J27" t="s">
-        <v>1182</v>
+        <v>1248</v>
       </c>
       <c r="K27" t="s">
-        <v>1183</v>
+        <v>1249</v>
       </c>
       <c r="L27" t="s">
-        <v>1184</v>
+        <v>1250</v>
       </c>
       <c r="M27" t="s">
-        <v>1185</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B28" t="s">
-        <v>1186</v>
+        <v>1252</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>1187</v>
+        <v>1253</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>1188</v>
+        <v>1254</v>
       </c>
       <c r="H28" t="s">
-        <v>1189</v>
+        <v>1255</v>
       </c>
       <c r="I28" t="s">
-        <v>1190</v>
+        <v>1256</v>
       </c>
       <c r="J28" t="s">
-        <v>1191</v>
+        <v>1257</v>
       </c>
       <c r="K28" t="s">
-        <v>1192</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B29" t="s">
-        <v>1193</v>
+        <v>1259</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>1194</v>
+        <v>1260</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>1195</v>
+        <v>1261</v>
       </c>
       <c r="H29" t="s">
-        <v>1196</v>
+        <v>1262</v>
       </c>
       <c r="I29" t="s">
-        <v>1197</v>
+        <v>1263</v>
       </c>
       <c r="J29" t="s">
-        <v>1198</v>
+        <v>1264</v>
       </c>
       <c r="K29" t="s">
-        <v>1199</v>
+        <v>1265</v>
       </c>
       <c r="L29" t="s">
-        <v>1200</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B30" t="s">
-        <v>1201</v>
+        <v>1267</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>1202</v>
+        <v>1268</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>1203</v>
+        <v>1269</v>
       </c>
       <c r="H30" t="s">
-        <v>1204</v>
+        <v>1270</v>
       </c>
       <c r="I30" t="s">
-        <v>1205</v>
+        <v>1271</v>
       </c>
       <c r="J30" t="s">
-        <v>1206</v>
+        <v>1272</v>
       </c>
       <c r="K30" t="s">
-        <v>1207</v>
+        <v>1273</v>
       </c>
       <c r="L30" t="s">
-        <v>1208</v>
+        <v>1274</v>
       </c>
       <c r="M30" t="s">
-        <v>1209</v>
+        <v>1275</v>
       </c>
       <c r="N30" t="s">
-        <v>1210</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B31" t="s">
-        <v>1211</v>
+        <v>1277</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>1212</v>
+        <v>1278</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>1213</v>
+        <v>1279</v>
       </c>
       <c r="H31" t="s">
-        <v>1214</v>
+        <v>1280</v>
       </c>
       <c r="I31" t="s">
-        <v>1215</v>
+        <v>1281</v>
       </c>
       <c r="J31" t="s">
-        <v>1216</v>
+        <v>1282</v>
       </c>
       <c r="K31" t="s">
-        <v>1217</v>
+        <v>1283</v>
       </c>
       <c r="L31" t="s">
-        <v>1218</v>
+        <v>1284</v>
       </c>
       <c r="M31" t="s">
-        <v>1219</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B32" t="s">
-        <v>1220</v>
+        <v>1286</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>1221</v>
+        <v>1287</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>1222</v>
+        <v>1288</v>
       </c>
       <c r="H32" t="s">
-        <v>1223</v>
+        <v>1289</v>
       </c>
       <c r="I32" t="s">
-        <v>1224</v>
+        <v>1290</v>
       </c>
       <c r="J32" t="s">
-        <v>1225</v>
+        <v>1291</v>
       </c>
       <c r="K32" t="s">
-        <v>1226</v>
+        <v>1292</v>
       </c>
       <c r="L32" t="s">
-        <v>1227</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B33" t="s">
-        <v>1228</v>
+        <v>1294</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>1229</v>
+        <v>1295</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>1230</v>
+        <v>1296</v>
       </c>
       <c r="H33" t="s">
-        <v>1231</v>
+        <v>1297</v>
       </c>
       <c r="I33" t="s">
-        <v>1232</v>
+        <v>1298</v>
       </c>
       <c r="J33" t="s">
-        <v>1233</v>
+        <v>1299</v>
       </c>
       <c r="K33" t="s">
-        <v>1234</v>
+        <v>1300</v>
       </c>
       <c r="L33" t="s">
-        <v>1235</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B34" t="s">
-        <v>1236</v>
+        <v>1302</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>1237</v>
+        <v>1303</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>1238</v>
+        <v>1304</v>
       </c>
       <c r="H34" t="s">
-        <v>1239</v>
+        <v>1305</v>
       </c>
       <c r="I34" t="s">
-        <v>1240</v>
+        <v>1306</v>
       </c>
       <c r="J34" t="s">
-        <v>1241</v>
+        <v>1307</v>
       </c>
       <c r="K34" t="s">
-        <v>1242</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B35" t="s">
-        <v>1243</v>
+        <v>1309</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>1244</v>
+        <v>1310</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>1245</v>
+        <v>1311</v>
       </c>
       <c r="H35" t="s">
-        <v>1246</v>
+        <v>1312</v>
       </c>
       <c r="I35" t="s">
-        <v>1247</v>
+        <v>1313</v>
       </c>
       <c r="J35" t="s">
-        <v>1248</v>
+        <v>1314</v>
       </c>
       <c r="K35" t="s">
-        <v>1249</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B36" t="s">
-        <v>1250</v>
+        <v>1316</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>1251</v>
+        <v>1317</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>1252</v>
+        <v>1318</v>
       </c>
       <c r="H36" t="s">
-        <v>1253</v>
+        <v>1319</v>
       </c>
       <c r="I36" t="s">
-        <v>1254</v>
+        <v>1320</v>
       </c>
       <c r="J36" t="s">
-        <v>1255</v>
+        <v>1321</v>
       </c>
       <c r="K36" t="s">
-        <v>1256</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>920</v>
+        <v>986</v>
       </c>
       <c r="B37" t="s">
-        <v>1257</v>
+        <v>1323</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>1258</v>
+        <v>1324</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>1259</v>
+        <v>1325</v>
       </c>
       <c r="H37" t="s">
-        <v>1260</v>
+        <v>1326</v>
       </c>
       <c r="I37" t="s">
-        <v>1261</v>
+        <v>1327</v>
       </c>
       <c r="J37" t="s">
-        <v>1262</v>
+        <v>1328</v>
       </c>
       <c r="K37" t="s">
-        <v>1263</v>
+        <v>1329</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1264</v>
+        <v>1330</v>
       </c>
       <c r="B2" t="s">
-        <v>1265</v>
+        <v>1331</v>
       </c>
       <c r="C2" t="s">
-        <v>1266</v>
+        <v>1332</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>1267</v>
+        <v>1333</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>1268</v>
+        <v>1334</v>
       </c>
       <c r="H2" t="s">
-        <v>1269</v>
+        <v>1335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H41"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7481,496 +7679,496 @@
       </c>
       <c r="E2" t="s">
         <v>212</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>213</v>
       </c>
       <c r="H2" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>209</v>
       </c>
       <c r="B3" t="s">
         <v>215</v>
       </c>
       <c r="C3" t="s">
         <v>216</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>217</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>218</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>209</v>
       </c>
       <c r="B4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C4" t="s">
         <v>221</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>222</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>223</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>209</v>
       </c>
       <c r="B5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C5" t="s">
         <v>226</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>227</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>228</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>209</v>
       </c>
       <c r="B6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C6" t="s">
         <v>231</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>232</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>233</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>234</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>209</v>
       </c>
       <c r="B7" t="s">
+        <v>236</v>
+      </c>
+      <c r="C7" t="s">
         <v>237</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>238</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>239</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>209</v>
       </c>
       <c r="B8" t="s">
+        <v>241</v>
+      </c>
+      <c r="C8" t="s">
+        <v>242</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>243</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
         <v>244</v>
       </c>
-      <c r="D8" t="s">
+      <c r="H8" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>209</v>
       </c>
       <c r="B9" t="s">
+        <v>246</v>
+      </c>
+      <c r="C9" t="s">
+        <v>247</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>248</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>249</v>
       </c>
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>250</v>
-      </c>
-[...13 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>209</v>
       </c>
       <c r="B10" t="s">
+        <v>251</v>
+      </c>
+      <c r="C10" t="s">
+        <v>252</v>
+      </c>
+      <c r="D10" t="s">
+        <v>253</v>
+      </c>
+      <c r="E10" t="s">
         <v>254</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>255</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>209</v>
       </c>
       <c r="B11" t="s">
+        <v>257</v>
+      </c>
+      <c r="C11" t="s">
         <v>258</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>260</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>261</v>
       </c>
       <c r="H11" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>209</v>
       </c>
       <c r="B12" t="s">
         <v>263</v>
       </c>
       <c r="C12" t="s">
         <v>264</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>265</v>
       </c>
       <c r="E12" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H12" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>209</v>
       </c>
       <c r="B13" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C13" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H13" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>209</v>
       </c>
       <c r="B14" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C14" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H14" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>209</v>
       </c>
       <c r="B15" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C15" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="H15" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>209</v>
       </c>
       <c r="B16" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C16" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H16" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>209</v>
       </c>
       <c r="B17" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C17" t="s">
+        <v>289</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>285</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="H17" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>209</v>
       </c>
       <c r="B18" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C18" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H18" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>209</v>
       </c>
       <c r="B19" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C19" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H19" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>209</v>
       </c>
       <c r="B20" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C20" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>301</v>
+        <v>285</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>302</v>
       </c>
       <c r="H20" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>209</v>
       </c>
       <c r="B21" t="s">
         <v>304</v>
       </c>
       <c r="C21" t="s">
         <v>305</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
@@ -8082,155 +8280,155 @@
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>327</v>
       </c>
       <c r="H25" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>209</v>
       </c>
       <c r="B26" t="s">
         <v>329</v>
       </c>
       <c r="C26" t="s">
         <v>330</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H26" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>209</v>
       </c>
       <c r="B27" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C27" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H27" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>209</v>
       </c>
       <c r="B28" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C28" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H28" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>209</v>
       </c>
       <c r="B29" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C29" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H29" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>209</v>
       </c>
       <c r="B30" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C30" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
         <v>351</v>
       </c>
       <c r="H30" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>209</v>
       </c>
       <c r="B31" t="s">
         <v>353</v>
       </c>
       <c r="C31" t="s">
         <v>354</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
@@ -8336,54 +8534,54 @@
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>375</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
         <v>376</v>
       </c>
       <c r="H35" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>209</v>
       </c>
       <c r="B36" t="s">
         <v>378</v>
       </c>
       <c r="C36" t="s">
-        <v>12</v>
+        <v>379</v>
       </c>
       <c r="D36" t="s">
-        <v>379</v>
+        <v>12</v>
       </c>
       <c r="E36" t="s">
         <v>380</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
         <v>381</v>
       </c>
       <c r="H36" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>209</v>
       </c>
       <c r="B37" t="s">
         <v>383</v>
       </c>
       <c r="C37" t="s">
         <v>384</v>
       </c>
       <c r="D37" t="s">
@@ -8391,2373 +8589,2714 @@
       </c>
       <c r="E37" t="s">
         <v>385</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
         <v>386</v>
       </c>
       <c r="H37" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>209</v>
       </c>
       <c r="B38" t="s">
         <v>388</v>
       </c>
       <c r="C38" t="s">
         <v>389</v>
       </c>
       <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
         <v>390</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
         <v>391</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>209</v>
       </c>
       <c r="B39" t="s">
+        <v>393</v>
+      </c>
+      <c r="C39" t="s">
         <v>394</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
         <v>395</v>
       </c>
-      <c r="D39" t="s">
-[...2 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
         <v>396</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>209</v>
       </c>
       <c r="B40" t="s">
+        <v>398</v>
+      </c>
+      <c r="C40" t="s">
         <v>399</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
         <v>400</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
         <v>401</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>209</v>
       </c>
       <c r="B41" t="s">
+        <v>403</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
         <v>404</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E41" t="s">
         <v>405</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>406</v>
       </c>
       <c r="H41" t="s">
         <v>407</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
+        <v>408</v>
+      </c>
+      <c r="C42" t="s">
+        <v>409</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>410</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>411</v>
+      </c>
+      <c r="H42" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>209</v>
+      </c>
+      <c r="B43" t="s">
+        <v>413</v>
+      </c>
+      <c r="C43" t="s">
+        <v>414</v>
+      </c>
+      <c r="D43" t="s">
+        <v>415</v>
+      </c>
+      <c r="E43" t="s">
+        <v>416</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>417</v>
+      </c>
+      <c r="H43" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>209</v>
+      </c>
+      <c r="B44" t="s">
+        <v>419</v>
+      </c>
+      <c r="C44" t="s">
+        <v>420</v>
+      </c>
+      <c r="D44" t="s">
+        <v>421</v>
+      </c>
+      <c r="E44" t="s">
+        <v>422</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>423</v>
+      </c>
+      <c r="H44" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>209</v>
+      </c>
+      <c r="B45" t="s">
+        <v>425</v>
+      </c>
+      <c r="C45" t="s">
+        <v>426</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>427</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>428</v>
+      </c>
+      <c r="H45" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>209</v>
+      </c>
+      <c r="B46" t="s">
+        <v>430</v>
+      </c>
+      <c r="C46" t="s">
+        <v>420</v>
+      </c>
+      <c r="D46" t="s">
+        <v>421</v>
+      </c>
+      <c r="E46" t="s">
+        <v>431</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>432</v>
+      </c>
+      <c r="H46" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>209</v>
+      </c>
+      <c r="B47" t="s">
+        <v>434</v>
+      </c>
+      <c r="C47" t="s">
+        <v>435</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>436</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>437</v>
+      </c>
+      <c r="H47" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>209</v>
+      </c>
+      <c r="B48" t="s">
+        <v>439</v>
+      </c>
+      <c r="C48" t="s">
+        <v>440</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>441</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>442</v>
+      </c>
+      <c r="H48" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" t="s">
+        <v>444</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>445</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>446</v>
+      </c>
+      <c r="H49" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>448</v>
+      </c>
+      <c r="C50" t="s">
+        <v>449</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>450</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>451</v>
+      </c>
+      <c r="H50" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>209</v>
+      </c>
+      <c r="B51" t="s">
+        <v>453</v>
+      </c>
+      <c r="C51" t="s">
+        <v>454</v>
+      </c>
+      <c r="D51" t="s">
+        <v>455</v>
+      </c>
+      <c r="E51" t="s">
+        <v>456</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>457</v>
+      </c>
+      <c r="H51" t="s">
+        <v>458</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I37"/>
+  <dimension ref="A1:I38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>408</v>
+        <v>459</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B2" t="s">
-        <v>410</v>
+        <v>461</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>411</v>
+        <v>462</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>412</v>
+        <v>463</v>
       </c>
       <c r="H2" t="s">
-        <v>413</v>
+        <v>464</v>
       </c>
       <c r="I2" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B3" t="s">
-        <v>415</v>
+        <v>466</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>416</v>
+        <v>467</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>417</v>
+        <v>468</v>
       </c>
       <c r="H3" t="s">
-        <v>418</v>
+        <v>469</v>
       </c>
       <c r="I3" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B4" t="s">
-        <v>419</v>
+        <v>470</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>420</v>
+        <v>471</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>421</v>
+        <v>472</v>
       </c>
       <c r="H4" t="s">
-        <v>422</v>
+        <v>473</v>
       </c>
       <c r="I4" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B5" t="s">
-        <v>423</v>
+        <v>474</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>424</v>
+        <v>475</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>425</v>
+        <v>476</v>
       </c>
       <c r="H5" t="s">
-        <v>426</v>
+        <v>477</v>
       </c>
       <c r="I5" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B6" t="s">
-        <v>427</v>
+        <v>478</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>428</v>
+        <v>479</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>429</v>
+        <v>480</v>
       </c>
       <c r="H6" t="s">
-        <v>430</v>
+        <v>481</v>
       </c>
       <c r="I6" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B7" t="s">
-        <v>431</v>
+        <v>482</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>432</v>
+        <v>483</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>433</v>
+        <v>484</v>
       </c>
       <c r="H7" t="s">
-        <v>434</v>
+        <v>485</v>
       </c>
       <c r="I7" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B8" t="s">
-        <v>435</v>
+        <v>486</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>436</v>
+        <v>487</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>437</v>
+        <v>488</v>
       </c>
       <c r="H8" t="s">
-        <v>438</v>
+        <v>489</v>
       </c>
       <c r="I8" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B9" t="s">
-        <v>439</v>
+        <v>490</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>440</v>
+        <v>491</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>441</v>
+        <v>492</v>
       </c>
       <c r="H9" t="s">
-        <v>442</v>
+        <v>493</v>
       </c>
       <c r="I9" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B10" t="s">
-        <v>443</v>
+        <v>494</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>444</v>
+        <v>495</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>445</v>
+        <v>496</v>
       </c>
       <c r="H10" t="s">
-        <v>446</v>
+        <v>497</v>
       </c>
       <c r="I10" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>498</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>448</v>
+        <v>499</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>449</v>
+        <v>500</v>
       </c>
       <c r="H11" t="s">
-        <v>450</v>
+        <v>501</v>
       </c>
       <c r="I11" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>451</v>
+        <v>502</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>452</v>
+        <v>503</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>453</v>
+        <v>504</v>
       </c>
       <c r="H12" t="s">
-        <v>454</v>
+        <v>505</v>
       </c>
       <c r="I12" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B13" t="s">
-        <v>455</v>
+        <v>506</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>456</v>
+        <v>507</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>457</v>
+        <v>508</v>
       </c>
       <c r="H13" t="s">
-        <v>458</v>
+        <v>509</v>
       </c>
       <c r="I13" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>459</v>
+        <v>510</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>460</v>
+        <v>511</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>461</v>
+        <v>512</v>
       </c>
       <c r="H14" t="s">
-        <v>462</v>
+        <v>513</v>
       </c>
       <c r="I14" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B15" t="s">
-        <v>463</v>
+        <v>514</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>464</v>
+        <v>515</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
+        <v>516</v>
+      </c>
+      <c r="H15" t="s">
+        <v>517</v>
+      </c>
+      <c r="I15" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B16" t="s">
-        <v>467</v>
+        <v>518</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>468</v>
+        <v>519</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>469</v>
+        <v>520</v>
       </c>
       <c r="H16" t="s">
-        <v>470</v>
+        <v>521</v>
       </c>
       <c r="I16" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B17" t="s">
-        <v>471</v>
+        <v>522</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>472</v>
+        <v>523</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>473</v>
+        <v>524</v>
       </c>
       <c r="H17" t="s">
-        <v>474</v>
+        <v>525</v>
       </c>
       <c r="I17" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B18" t="s">
-        <v>475</v>
+        <v>526</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>476</v>
+        <v>527</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>477</v>
+        <v>528</v>
       </c>
       <c r="H18" t="s">
-        <v>478</v>
+        <v>529</v>
       </c>
       <c r="I18" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B19" t="s">
-        <v>479</v>
+        <v>530</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>480</v>
+        <v>531</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>481</v>
+        <v>532</v>
       </c>
       <c r="H19" t="s">
-        <v>482</v>
+        <v>533</v>
       </c>
       <c r="I19" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B20" t="s">
-        <v>483</v>
+        <v>534</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>484</v>
+        <v>535</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>485</v>
+        <v>536</v>
       </c>
       <c r="H20" t="s">
-        <v>486</v>
+        <v>537</v>
       </c>
       <c r="I20" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B21" t="s">
-        <v>487</v>
+        <v>538</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>488</v>
+        <v>539</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>489</v>
+        <v>540</v>
       </c>
       <c r="H21" t="s">
-        <v>490</v>
+        <v>541</v>
       </c>
       <c r="I21" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B22" t="s">
-        <v>491</v>
+        <v>542</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>492</v>
+        <v>543</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>493</v>
+        <v>544</v>
       </c>
       <c r="H22" t="s">
-        <v>494</v>
+        <v>545</v>
       </c>
       <c r="I22" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B23" t="s">
-        <v>495</v>
+        <v>546</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>496</v>
+        <v>547</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>497</v>
+        <v>548</v>
       </c>
       <c r="H23" t="s">
-        <v>498</v>
+        <v>549</v>
       </c>
       <c r="I23" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B24" t="s">
-        <v>499</v>
+        <v>550</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>500</v>
+        <v>551</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>501</v>
+        <v>552</v>
       </c>
       <c r="H24" t="s">
-        <v>502</v>
+        <v>553</v>
       </c>
       <c r="I24" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B25" t="s">
-        <v>503</v>
+        <v>554</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>504</v>
+        <v>555</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>505</v>
+        <v>556</v>
       </c>
       <c r="H25" t="s">
-        <v>506</v>
+        <v>557</v>
       </c>
       <c r="I25" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B26" t="s">
-        <v>507</v>
+        <v>558</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>508</v>
+        <v>559</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>509</v>
+        <v>560</v>
       </c>
       <c r="H26" t="s">
-        <v>510</v>
+        <v>561</v>
       </c>
       <c r="I26" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B27" t="s">
-        <v>511</v>
+        <v>562</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>512</v>
+        <v>563</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>513</v>
+        <v>564</v>
       </c>
       <c r="H27" t="s">
-        <v>514</v>
+        <v>565</v>
       </c>
       <c r="I27" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B28" t="s">
-        <v>515</v>
+        <v>566</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>516</v>
+        <v>567</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>517</v>
+        <v>568</v>
       </c>
       <c r="H28" t="s">
-        <v>518</v>
+        <v>569</v>
       </c>
       <c r="I28" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B29" t="s">
-        <v>519</v>
+        <v>570</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>520</v>
+        <v>571</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>521</v>
+        <v>572</v>
       </c>
       <c r="H29" t="s">
-        <v>522</v>
+        <v>573</v>
       </c>
       <c r="I29" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B30" t="s">
-        <v>523</v>
+        <v>574</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>524</v>
+        <v>575</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>525</v>
+        <v>576</v>
       </c>
       <c r="H30" t="s">
-        <v>526</v>
+        <v>577</v>
       </c>
       <c r="I30" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B31" t="s">
-        <v>527</v>
+        <v>578</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>528</v>
+        <v>579</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>529</v>
+        <v>580</v>
       </c>
       <c r="H31" t="s">
-        <v>530</v>
+        <v>581</v>
       </c>
       <c r="I31" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B32" t="s">
-        <v>531</v>
+        <v>582</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>532</v>
+        <v>583</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>533</v>
+        <v>584</v>
       </c>
       <c r="H32" t="s">
-        <v>534</v>
+        <v>585</v>
       </c>
       <c r="I32" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B33" t="s">
-        <v>535</v>
+        <v>586</v>
       </c>
       <c r="C33" t="s">
-        <v>536</v>
+        <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>537</v>
+        <v>587</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>538</v>
+        <v>588</v>
       </c>
       <c r="H33" t="s">
-        <v>539</v>
+        <v>589</v>
       </c>
       <c r="I33" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B34" t="s">
-        <v>540</v>
+        <v>590</v>
       </c>
       <c r="C34" t="s">
-        <v>12</v>
+        <v>591</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>541</v>
+        <v>592</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>542</v>
+        <v>593</v>
       </c>
       <c r="H34" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="I34" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B35" t="s">
-        <v>544</v>
+        <v>595</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>545</v>
+        <v>596</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>546</v>
+        <v>597</v>
       </c>
       <c r="H35" t="s">
-        <v>547</v>
+        <v>598</v>
       </c>
       <c r="I35" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B36" t="s">
-        <v>548</v>
+        <v>599</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>549</v>
+        <v>600</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>550</v>
+        <v>601</v>
       </c>
       <c r="H36" t="s">
-        <v>551</v>
+        <v>602</v>
       </c>
       <c r="I36" t="s">
-        <v>414</v>
+        <v>465</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>409</v>
+        <v>460</v>
       </c>
       <c r="B37" t="s">
-        <v>552</v>
+        <v>603</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>553</v>
+        <v>604</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>554</v>
+        <v>605</v>
       </c>
       <c r="H37" t="s">
-        <v>555</v>
+        <v>606</v>
       </c>
       <c r="I37" t="s">
-        <v>414</v>
+        <v>465</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>460</v>
+      </c>
+      <c r="B38" t="s">
+        <v>607</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>608</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>609</v>
+      </c>
+      <c r="H38" t="s">
+        <v>610</v>
+      </c>
+      <c r="I38" t="s">
+        <v>465</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>556</v>
+        <v>611</v>
       </c>
       <c r="B2" t="s">
-        <v>557</v>
+        <v>612</v>
       </c>
       <c r="C2" t="s">
-        <v>558</v>
+        <v>613</v>
       </c>
       <c r="D2" t="s">
-        <v>559</v>
+        <v>614</v>
       </c>
       <c r="E2" t="s">
-        <v>560</v>
+        <v>615</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>561</v>
+        <v>616</v>
       </c>
       <c r="H2" t="s">
-        <v>562</v>
+        <v>617</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>556</v>
+        <v>611</v>
       </c>
       <c r="B3" t="s">
-        <v>563</v>
+        <v>618</v>
       </c>
       <c r="C3" t="s">
-        <v>564</v>
+        <v>619</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>565</v>
+        <v>620</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>566</v>
+        <v>621</v>
       </c>
       <c r="H3" t="s">
-        <v>567</v>
+        <v>622</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>568</v>
+        <v>623</v>
       </c>
       <c r="B2" t="s">
-        <v>569</v>
+        <v>624</v>
       </c>
       <c r="C2" t="s">
-        <v>570</v>
+        <v>625</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>626</v>
       </c>
       <c r="E2" t="s">
-        <v>571</v>
+        <v>627</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>572</v>
+        <v>628</v>
       </c>
       <c r="H2" t="s">
-        <v>573</v>
+        <v>629</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>568</v>
+        <v>623</v>
       </c>
       <c r="B3" t="s">
-        <v>574</v>
+        <v>630</v>
       </c>
       <c r="C3" t="s">
-        <v>575</v>
+        <v>631</v>
       </c>
       <c r="D3" t="s">
-        <v>576</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>577</v>
+        <v>632</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>578</v>
+        <v>633</v>
       </c>
       <c r="H3" t="s">
-        <v>579</v>
+        <v>634</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>568</v>
+        <v>623</v>
       </c>
       <c r="B4" t="s">
-        <v>580</v>
+        <v>635</v>
       </c>
       <c r="C4" t="s">
-        <v>581</v>
+        <v>636</v>
       </c>
       <c r="D4" t="s">
-        <v>582</v>
+        <v>637</v>
       </c>
       <c r="E4" t="s">
-        <v>583</v>
+        <v>638</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>584</v>
+        <v>639</v>
       </c>
       <c r="H4" t="s">
-        <v>585</v>
+        <v>640</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>568</v>
+        <v>623</v>
       </c>
       <c r="B5" t="s">
-        <v>586</v>
+        <v>641</v>
       </c>
       <c r="C5" t="s">
-        <v>587</v>
+        <v>642</v>
       </c>
       <c r="D5" t="s">
-        <v>588</v>
+        <v>643</v>
       </c>
       <c r="E5" t="s">
-        <v>589</v>
+        <v>644</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>590</v>
+        <v>645</v>
       </c>
       <c r="H5" t="s">
-        <v>591</v>
+        <v>646</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>568</v>
+        <v>623</v>
       </c>
       <c r="B6" t="s">
-        <v>592</v>
+        <v>647</v>
       </c>
       <c r="C6" t="s">
-        <v>593</v>
+        <v>648</v>
       </c>
       <c r="D6" t="s">
-        <v>588</v>
+        <v>649</v>
       </c>
       <c r="E6" t="s">
-        <v>594</v>
+        <v>650</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>595</v>
+        <v>651</v>
       </c>
       <c r="H6" t="s">
-        <v>596</v>
+        <v>652</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>568</v>
+        <v>623</v>
       </c>
       <c r="B7" t="s">
-        <v>597</v>
+        <v>653</v>
       </c>
       <c r="C7" t="s">
-        <v>598</v>
+        <v>654</v>
       </c>
       <c r="D7" t="s">
-        <v>588</v>
+        <v>649</v>
       </c>
       <c r="E7" t="s">
-        <v>599</v>
+        <v>655</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>600</v>
+        <v>656</v>
       </c>
       <c r="H7" t="s">
-        <v>601</v>
+        <v>657</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>568</v>
+        <v>623</v>
       </c>
       <c r="B8" t="s">
-        <v>602</v>
+        <v>658</v>
       </c>
       <c r="C8" t="s">
-        <v>603</v>
+        <v>659</v>
       </c>
       <c r="D8" t="s">
-        <v>604</v>
+        <v>649</v>
       </c>
       <c r="E8" t="s">
-        <v>605</v>
+        <v>660</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>606</v>
+        <v>661</v>
       </c>
       <c r="H8" t="s">
-        <v>607</v>
+        <v>662</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>568</v>
+        <v>623</v>
       </c>
       <c r="B9" t="s">
-        <v>608</v>
+        <v>663</v>
       </c>
       <c r="C9" t="s">
-        <v>609</v>
+        <v>664</v>
       </c>
       <c r="D9" t="s">
-        <v>610</v>
+        <v>665</v>
       </c>
       <c r="E9" t="s">
-        <v>611</v>
+        <v>666</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>612</v>
+        <v>667</v>
       </c>
       <c r="H9" t="s">
-        <v>613</v>
+        <v>668</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>623</v>
+      </c>
+      <c r="B10" t="s">
+        <v>669</v>
+      </c>
+      <c r="C10" t="s">
+        <v>670</v>
+      </c>
+      <c r="D10" t="s">
+        <v>671</v>
+      </c>
+      <c r="E10" t="s">
+        <v>672</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>673</v>
+      </c>
+      <c r="H10" t="s">
+        <v>674</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>614</v>
+        <v>675</v>
       </c>
       <c r="B2" t="s">
-        <v>615</v>
+        <v>676</v>
       </c>
       <c r="C2" t="s">
-        <v>616</v>
+        <v>677</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>617</v>
+        <v>678</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>618</v>
+        <v>679</v>
       </c>
       <c r="H2" t="s">
-        <v>619</v>
+        <v>680</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>614</v>
+        <v>675</v>
       </c>
       <c r="B3" t="s">
-        <v>620</v>
+        <v>681</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>621</v>
+        <v>682</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>622</v>
+        <v>683</v>
       </c>
       <c r="H3" t="s">
-        <v>623</v>
+        <v>684</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>624</v>
+        <v>685</v>
       </c>
       <c r="B2" t="s">
-        <v>625</v>
+        <v>686</v>
       </c>
       <c r="C2" t="s">
-        <v>626</v>
+        <v>687</v>
       </c>
       <c r="D2" t="s">
-        <v>217</v>
+        <v>688</v>
       </c>
       <c r="E2" t="s">
-        <v>627</v>
+        <v>689</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>628</v>
+        <v>690</v>
       </c>
       <c r="H2" t="s">
-        <v>629</v>
+        <v>691</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>624</v>
+        <v>685</v>
       </c>
       <c r="B3" t="s">
-        <v>630</v>
+        <v>692</v>
       </c>
       <c r="C3" t="s">
-        <v>631</v>
+        <v>693</v>
       </c>
       <c r="D3" t="s">
-        <v>632</v>
+        <v>232</v>
       </c>
       <c r="E3" t="s">
-        <v>633</v>
+        <v>694</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>634</v>
+        <v>695</v>
       </c>
       <c r="H3" t="s">
-        <v>635</v>
+        <v>696</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>624</v>
+        <v>685</v>
       </c>
       <c r="B4" t="s">
-        <v>636</v>
+        <v>697</v>
       </c>
       <c r="C4" t="s">
-        <v>637</v>
+        <v>698</v>
       </c>
       <c r="D4" t="s">
-        <v>638</v>
+        <v>699</v>
       </c>
       <c r="E4" t="s">
-        <v>639</v>
+        <v>700</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>640</v>
+        <v>701</v>
       </c>
       <c r="H4" t="s">
-        <v>641</v>
+        <v>702</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>624</v>
+        <v>685</v>
       </c>
       <c r="B5" t="s">
-        <v>642</v>
+        <v>703</v>
       </c>
       <c r="C5" t="s">
-        <v>643</v>
+        <v>704</v>
       </c>
       <c r="D5" t="s">
-        <v>644</v>
+        <v>705</v>
       </c>
       <c r="E5" t="s">
-        <v>645</v>
+        <v>706</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>646</v>
+        <v>707</v>
       </c>
       <c r="H5" t="s">
-        <v>647</v>
+        <v>708</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>624</v>
+        <v>685</v>
       </c>
       <c r="B6" t="s">
-        <v>648</v>
+        <v>709</v>
       </c>
       <c r="C6" t="s">
-        <v>649</v>
+        <v>710</v>
       </c>
       <c r="D6" t="s">
-        <v>650</v>
+        <v>711</v>
       </c>
       <c r="E6" t="s">
-        <v>651</v>
+        <v>712</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>652</v>
+        <v>713</v>
       </c>
       <c r="H6" t="s">
-        <v>653</v>
+        <v>714</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>685</v>
+      </c>
+      <c r="B7" t="s">
+        <v>715</v>
+      </c>
+      <c r="C7" t="s">
+        <v>716</v>
+      </c>
+      <c r="D7" t="s">
+        <v>717</v>
+      </c>
+      <c r="E7" t="s">
+        <v>718</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>719</v>
+      </c>
+      <c r="H7" t="s">
+        <v>720</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B2" t="s">
-        <v>655</v>
+        <v>722</v>
       </c>
       <c r="C2" t="s">
-        <v>656</v>
+        <v>723</v>
       </c>
       <c r="D2" t="s">
-        <v>657</v>
+        <v>724</v>
       </c>
       <c r="E2" t="s">
-        <v>658</v>
+        <v>725</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>659</v>
+        <v>726</v>
       </c>
       <c r="H2" t="s">
-        <v>660</v>
+        <v>727</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B3" t="s">
-        <v>661</v>
+        <v>728</v>
       </c>
       <c r="C3" t="s">
-        <v>662</v>
+        <v>729</v>
       </c>
       <c r="D3" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="E3" t="s">
-        <v>663</v>
+        <v>730</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>664</v>
+        <v>731</v>
       </c>
       <c r="H3" t="s">
-        <v>665</v>
+        <v>732</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B4" t="s">
-        <v>666</v>
+        <v>733</v>
       </c>
       <c r="C4" t="s">
-        <v>667</v>
+        <v>734</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>668</v>
+        <v>735</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>669</v>
+        <v>736</v>
       </c>
       <c r="H4" t="s">
-        <v>670</v>
+        <v>737</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B5" t="s">
-        <v>671</v>
+        <v>738</v>
       </c>
       <c r="C5" t="s">
-        <v>672</v>
+        <v>739</v>
       </c>
       <c r="D5" t="s">
-        <v>673</v>
+        <v>421</v>
       </c>
       <c r="E5" t="s">
-        <v>674</v>
+        <v>740</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>675</v>
+        <v>741</v>
       </c>
       <c r="H5" t="s">
-        <v>676</v>
+        <v>742</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B6" t="s">
-        <v>677</v>
+        <v>743</v>
       </c>
       <c r="C6" t="s">
-        <v>678</v>
+        <v>744</v>
       </c>
       <c r="D6" t="s">
-        <v>679</v>
+        <v>745</v>
       </c>
       <c r="E6" t="s">
-        <v>680</v>
+        <v>746</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>681</v>
+        <v>747</v>
       </c>
       <c r="H6" t="s">
-        <v>682</v>
+        <v>748</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B7" t="s">
-        <v>683</v>
+        <v>749</v>
       </c>
       <c r="C7" t="s">
-        <v>684</v>
+        <v>750</v>
       </c>
       <c r="D7" t="s">
-        <v>685</v>
+        <v>751</v>
       </c>
       <c r="E7" t="s">
-        <v>686</v>
+        <v>752</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>687</v>
+        <v>753</v>
       </c>
       <c r="H7" t="s">
-        <v>688</v>
+        <v>754</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B8" t="s">
-        <v>689</v>
+        <v>755</v>
       </c>
       <c r="C8" t="s">
-        <v>690</v>
+        <v>756</v>
       </c>
       <c r="D8" t="s">
-        <v>691</v>
+        <v>757</v>
       </c>
       <c r="E8" t="s">
-        <v>692</v>
+        <v>758</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>693</v>
+        <v>759</v>
       </c>
       <c r="H8" t="s">
-        <v>694</v>
+        <v>760</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B9" t="s">
-        <v>695</v>
+        <v>761</v>
       </c>
       <c r="C9" t="s">
-        <v>696</v>
+        <v>762</v>
       </c>
       <c r="D9" t="s">
-        <v>697</v>
+        <v>763</v>
       </c>
       <c r="E9" t="s">
-        <v>698</v>
+        <v>764</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>699</v>
+        <v>765</v>
       </c>
       <c r="H9" t="s">
-        <v>700</v>
+        <v>766</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B10" t="s">
-        <v>701</v>
+        <v>767</v>
       </c>
       <c r="C10" t="s">
-        <v>702</v>
+        <v>768</v>
       </c>
       <c r="D10" t="s">
-        <v>703</v>
+        <v>769</v>
       </c>
       <c r="E10" t="s">
-        <v>704</v>
+        <v>770</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>705</v>
+        <v>771</v>
       </c>
       <c r="H10" t="s">
-        <v>706</v>
+        <v>772</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B11" t="s">
-        <v>707</v>
+        <v>773</v>
       </c>
       <c r="C11" t="s">
-        <v>708</v>
+        <v>774</v>
       </c>
       <c r="D11" t="s">
-        <v>709</v>
+        <v>775</v>
       </c>
       <c r="E11" t="s">
-        <v>710</v>
+        <v>776</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>711</v>
+        <v>777</v>
       </c>
       <c r="H11" t="s">
-        <v>712</v>
+        <v>778</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B12" t="s">
-        <v>713</v>
+        <v>779</v>
       </c>
       <c r="C12" t="s">
-        <v>714</v>
+        <v>780</v>
       </c>
       <c r="D12" t="s">
-        <v>715</v>
+        <v>781</v>
       </c>
       <c r="E12" t="s">
-        <v>716</v>
+        <v>782</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>717</v>
+        <v>783</v>
       </c>
       <c r="H12" t="s">
-        <v>718</v>
+        <v>784</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B13" t="s">
-        <v>719</v>
+        <v>785</v>
       </c>
       <c r="C13" t="s">
-        <v>720</v>
+        <v>786</v>
       </c>
       <c r="D13" t="s">
-        <v>721</v>
+        <v>787</v>
       </c>
       <c r="E13" t="s">
-        <v>722</v>
+        <v>788</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>723</v>
+        <v>789</v>
       </c>
       <c r="H13" t="s">
-        <v>724</v>
+        <v>790</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B14" t="s">
-        <v>725</v>
+        <v>791</v>
       </c>
       <c r="C14" t="s">
-        <v>726</v>
+        <v>792</v>
       </c>
       <c r="D14" t="s">
-        <v>727</v>
+        <v>793</v>
       </c>
       <c r="E14" t="s">
-        <v>727</v>
+        <v>793</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>728</v>
+        <v>794</v>
       </c>
       <c r="H14" t="s">
-        <v>729</v>
+        <v>795</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B15" t="s">
-        <v>730</v>
+        <v>796</v>
       </c>
       <c r="C15" t="s">
-        <v>731</v>
+        <v>797</v>
       </c>
       <c r="D15" t="s">
-        <v>732</v>
+        <v>798</v>
       </c>
       <c r="E15" t="s">
-        <v>733</v>
+        <v>799</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>734</v>
+        <v>800</v>
       </c>
       <c r="H15" t="s">
-        <v>735</v>
+        <v>801</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B16" t="s">
-        <v>736</v>
+        <v>802</v>
       </c>
       <c r="C16" t="s">
-        <v>737</v>
+        <v>803</v>
       </c>
       <c r="D16" t="s">
-        <v>732</v>
+        <v>798</v>
       </c>
       <c r="E16" t="s">
-        <v>733</v>
+        <v>799</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>738</v>
+        <v>804</v>
       </c>
       <c r="H16" t="s">
-        <v>739</v>
+        <v>805</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B17" t="s">
-        <v>740</v>
+        <v>806</v>
       </c>
       <c r="C17" t="s">
-        <v>741</v>
+        <v>807</v>
       </c>
       <c r="D17" t="s">
-        <v>742</v>
+        <v>808</v>
       </c>
       <c r="E17" t="s">
-        <v>743</v>
+        <v>809</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>744</v>
+        <v>810</v>
       </c>
       <c r="H17" t="s">
-        <v>745</v>
+        <v>811</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>654</v>
+        <v>721</v>
       </c>
       <c r="B18" t="s">
-        <v>746</v>
+        <v>812</v>
       </c>
       <c r="C18" t="s">
-        <v>747</v>
+        <v>813</v>
       </c>
       <c r="D18" t="s">
-        <v>748</v>
+        <v>814</v>
       </c>
       <c r="E18" t="s">
-        <v>749</v>
+        <v>815</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>750</v>
+        <v>816</v>
       </c>
       <c r="H18" t="s">
-        <v>751</v>
+        <v>817</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>752</v>
+        <v>818</v>
       </c>
       <c r="B2" t="s">
-        <v>753</v>
+        <v>819</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>754</v>
+        <v>820</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>755</v>
+        <v>821</v>
       </c>
       <c r="H2" t="s">
-        <v>756</v>
+        <v>822</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>