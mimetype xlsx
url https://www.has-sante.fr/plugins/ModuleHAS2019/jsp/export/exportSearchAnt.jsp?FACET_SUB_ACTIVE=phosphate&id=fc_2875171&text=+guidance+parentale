--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="260">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -252,50 +252,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/08/2018 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
   </si>
   <si>
     <t>c_2867367</t>
   </si>
   <si>
     <t>Mucopolysaccharidoses (MPS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/01/2025 08:28:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
   </si>
   <si>
     <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Maladies des exostoses multiples</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de MEM. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806315/fr/maladies-des-exostoses-multiples</t>
+  </si>
+  <si>
+    <t>p_3806315</t>
   </si>
   <si>
     <t>Microdélétion 2q37</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de microdélétion 2q37. Il a été élaboré par le Centre de Référence "Anomalies du Développement et Syndromes Malformatifs" à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>09/08/2019 00:00:00</t>
   </si>
   <si>
     <t>21/08/2019 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3097438/fr/microdeletion-2q37</t>
   </si>
   <si>
     <t>p_3097438</t>
   </si>
   <si>
     <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
   </si>
@@ -986,51 +1001,51 @@
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1237,77 +1252,77 @@
       </c>
       <c r="E9" t="s">
         <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>73</v>
       </c>
       <c r="H9" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>76</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>77</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>78</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
         <v>81</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>83</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>84</v>
       </c>
       <c r="H11" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>87</v>
       </c>
       <c r="D12" t="s">
@@ -1445,207 +1460,207 @@
       </c>
       <c r="E17" t="s">
         <v>113</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>114</v>
       </c>
       <c r="H17" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>34</v>
       </c>
       <c r="B18" t="s">
         <v>116</v>
       </c>
       <c r="C18" t="s">
         <v>117</v>
       </c>
       <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
         <v>118</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>119</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
         <v>122</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>124</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>125</v>
       </c>
       <c r="H19" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>34</v>
       </c>
       <c r="B20" t="s">
         <v>127</v>
       </c>
       <c r="C20" t="s">
         <v>128</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>93</v>
+        <v>129</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>34</v>
       </c>
       <c r="B21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C21" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>133</v>
+        <v>98</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>134</v>
       </c>
       <c r="H21" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>34</v>
       </c>
       <c r="B22" t="s">
         <v>136</v>
       </c>
       <c r="C22" t="s">
         <v>137</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>138</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>139</v>
       </c>
       <c r="H22" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>34</v>
       </c>
       <c r="B23" t="s">
         <v>141</v>
       </c>
       <c r="C23" t="s">
         <v>142</v>
       </c>
       <c r="D23" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>143</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>144</v>
       </c>
       <c r="H23" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>34</v>
       </c>
       <c r="B24" t="s">
         <v>146</v>
       </c>
       <c r="C24" t="s">
         <v>147</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E24" t="s">
         <v>148</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>149</v>
       </c>
       <c r="H24" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>34</v>
       </c>
       <c r="B25" t="s">
         <v>151</v>
       </c>
       <c r="C25" t="s">
         <v>152</v>
       </c>
       <c r="D25" t="s">
@@ -1708,620 +1723,646 @@
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>164</v>
       </c>
       <c r="H27" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>34</v>
       </c>
       <c r="B28" t="s">
         <v>166</v>
       </c>
       <c r="C28" t="s">
         <v>167</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>93</v>
+        <v>168</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H28" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>34</v>
       </c>
       <c r="B29" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>172</v>
+        <v>98</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>173</v>
       </c>
       <c r="H29" t="s">
         <v>174</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B30" t="s">
+        <v>175</v>
+      </c>
+      <c r="C30" t="s">
+        <v>176</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>177</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>178</v>
+      </c>
+      <c r="H30" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="H2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="H3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B4" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C4" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D4" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E4" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="H4" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="D5" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="E5" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H5" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B6" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C6" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="D6" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="E6" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H6" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B7" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C7" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D7" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E7" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H7" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B8" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C8" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H8" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="H2" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B2" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C2" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E2" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B2" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C2" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="E2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H2" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="C3" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D3" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E3" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="H3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="J1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="K1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="B2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="H2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="I2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="J2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="K2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="L2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="M2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="N2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>