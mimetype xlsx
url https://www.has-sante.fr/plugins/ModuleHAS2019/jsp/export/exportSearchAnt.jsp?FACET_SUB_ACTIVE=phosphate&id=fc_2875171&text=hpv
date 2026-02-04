--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,263 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/12/2022 17:27:00</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -275,335 +128,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>22</v>
-      </c>
-[...195 lines deleted...]
-        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>