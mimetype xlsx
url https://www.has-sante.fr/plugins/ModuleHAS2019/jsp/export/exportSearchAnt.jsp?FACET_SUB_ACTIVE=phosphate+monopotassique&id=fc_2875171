--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
   </si>
   <si>
     <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/12/2025 09:50:14</t>
+    <t>18/12/2025 09:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
   </si>
   <si>
     <t>p_3804134</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ARTISIAL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
   </si>