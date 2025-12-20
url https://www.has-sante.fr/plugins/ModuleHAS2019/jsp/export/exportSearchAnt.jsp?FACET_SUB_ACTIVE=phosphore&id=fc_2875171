--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -33,51 +33,51 @@
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="876" uniqueCount="519">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="884" uniqueCount="524">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -318,50 +318,65 @@
     <t>30/09/2008 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_700024/fr/novasource-gi-control</t>
   </si>
   <si>
     <t>c_700024</t>
   </si>
   <si>
     <t>FRESENIUS KABI France</t>
   </si>
   <si>
     <t>NOVASOURCE GI FORTE</t>
   </si>
   <si>
     <t>30/09/2008 12:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_700029/fr/novasource-gi-forte</t>
   </si>
   <si>
     <t>c_700029</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Hypoparathyroïdie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
   </si>
   <si>
     <t>c_2789355</t>
   </si>
   <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/12/2024 10:44:00</t>
   </si>
@@ -2168,51 +2183,51 @@
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>92</v>
       </c>
       <c r="H14" t="s">
         <v>93</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
       <c r="J14" t="s">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H57"/>
+  <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2263,181 +2278,181 @@
       </c>
       <c r="E3" t="s">
         <v>102</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>103</v>
       </c>
       <c r="H3" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>94</v>
       </c>
       <c r="B4" t="s">
         <v>105</v>
       </c>
       <c r="C4" t="s">
         <v>106</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>107</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>108</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>94</v>
       </c>
       <c r="B5" t="s">
+        <v>110</v>
+      </c>
+      <c r="C5" t="s">
         <v>111</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>113</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>114</v>
       </c>
       <c r="H5" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>94</v>
       </c>
       <c r="B6" t="s">
         <v>116</v>
       </c>
       <c r="C6" t="s">
         <v>117</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>94</v>
       </c>
       <c r="B7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>94</v>
       </c>
       <c r="B8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D8" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
+        <v>118</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>127</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>94</v>
       </c>
       <c r="B9" t="s">
+        <v>129</v>
+      </c>
+      <c r="C9" t="s">
         <v>130</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>132</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>133</v>
       </c>
       <c r="H9" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>94</v>
       </c>
       <c r="B10" t="s">
         <v>135</v>
       </c>
       <c r="C10" t="s">
         <v>136</v>
       </c>
       <c r="D10" t="s">
@@ -2471,236 +2486,236 @@
       </c>
       <c r="E11" t="s">
         <v>142</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>143</v>
       </c>
       <c r="H11" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>94</v>
       </c>
       <c r="B12" t="s">
         <v>145</v>
       </c>
       <c r="C12" t="s">
         <v>146</v>
       </c>
       <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>147</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>148</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>94</v>
       </c>
       <c r="B13" t="s">
+        <v>150</v>
+      </c>
+      <c r="C13" t="s">
         <v>151</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>153</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>154</v>
       </c>
       <c r="H13" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>156</v>
       </c>
       <c r="C14" t="s">
         <v>157</v>
       </c>
       <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>158</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>159</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>94</v>
       </c>
       <c r="B15" t="s">
+        <v>161</v>
+      </c>
+      <c r="C15" t="s">
         <v>162</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>164</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>165</v>
       </c>
       <c r="H15" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>94</v>
       </c>
       <c r="B16" t="s">
         <v>167</v>
       </c>
       <c r="C16" t="s">
         <v>168</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H16" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C17" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>174</v>
       </c>
       <c r="H17" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>94</v>
       </c>
       <c r="B18" t="s">
         <v>176</v>
       </c>
       <c r="C18" t="s">
         <v>177</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H18" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>94</v>
       </c>
       <c r="B19" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C19" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>183</v>
       </c>
       <c r="H19" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>185</v>
       </c>
       <c r="C20" t="s">
         <v>186</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
@@ -2838,77 +2853,77 @@
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>213</v>
       </c>
       <c r="H25" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>94</v>
       </c>
       <c r="B26" t="s">
         <v>215</v>
       </c>
       <c r="C26" t="s">
         <v>216</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H26" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>94</v>
       </c>
       <c r="B27" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C27" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>222</v>
       </c>
       <c r="H27" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>94</v>
       </c>
       <c r="B28" t="s">
         <v>224</v>
       </c>
       <c r="C28" t="s">
         <v>225</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
@@ -3326,207 +3341,207 @@
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>306</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>307</v>
       </c>
       <c r="H44" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>309</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>310</v>
       </c>
       <c r="D45" t="s">
-        <v>310</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>311</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>312</v>
       </c>
       <c r="H45" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>94</v>
       </c>
       <c r="B46" t="s">
         <v>314</v>
       </c>
       <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>316</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>317</v>
       </c>
       <c r="H46" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>319</v>
       </c>
       <c r="C47" t="s">
         <v>320</v>
       </c>
       <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
         <v>321</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
         <v>322</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>94</v>
       </c>
       <c r="B48" t="s">
+        <v>324</v>
+      </c>
+      <c r="C48" t="s">
         <v>325</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>327</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>328</v>
       </c>
       <c r="H48" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>94</v>
       </c>
       <c r="B49" t="s">
         <v>330</v>
       </c>
       <c r="C49" t="s">
         <v>331</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
         <v>332</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>333</v>
       </c>
       <c r="H49" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>94</v>
       </c>
       <c r="B50" t="s">
         <v>335</v>
       </c>
       <c r="C50" t="s">
-        <v>13</v>
+        <v>336</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>94</v>
       </c>
       <c r="B51" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C51" t="s">
-        <v>340</v>
+        <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
         <v>341</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>342</v>
       </c>
       <c r="H51" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>94</v>
       </c>
       <c r="B52" t="s">
         <v>344</v>
       </c>
       <c r="C52" t="s">
@@ -3560,1079 +3575,1105 @@
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
         <v>351</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>352</v>
       </c>
       <c r="H53" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>94</v>
       </c>
       <c r="B54" t="s">
         <v>354</v>
       </c>
       <c r="C54" t="s">
-        <v>125</v>
+        <v>355</v>
       </c>
       <c r="D54" t="s">
-        <v>355</v>
+        <v>13</v>
       </c>
       <c r="E54" t="s">
         <v>356</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>357</v>
       </c>
       <c r="H54" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>94</v>
       </c>
       <c r="B55" t="s">
         <v>359</v>
       </c>
       <c r="C55" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D55" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="E55" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H55" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>94</v>
       </c>
       <c r="B56" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C56" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D56" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="E56" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H56" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>94</v>
       </c>
       <c r="B57" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C57" t="s">
-        <v>368</v>
+        <v>130</v>
       </c>
       <c r="D57" t="s">
+        <v>360</v>
+      </c>
+      <c r="E57" t="s">
         <v>369</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
         <v>370</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>371</v>
       </c>
-      <c r="H57" t="s">
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>94</v>
+      </c>
+      <c r="B58" t="s">
         <v>372</v>
+      </c>
+      <c r="C58" t="s">
+        <v>373</v>
+      </c>
+      <c r="D58" t="s">
+        <v>374</v>
+      </c>
+      <c r="E58" t="s">
+        <v>375</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>376</v>
+      </c>
+      <c r="H58" t="s">
+        <v>377</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B2" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C2" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="D2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="E2" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="H2" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B3" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C3" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="D3" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="E3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="H3" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B4" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="C4" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="D4" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="E4" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="H4" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B5" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="C5" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="D5" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="E5" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H5" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B6" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="C6" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="D6" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="E6" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="H6" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B7" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="C7" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="D7" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="E7" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="H7" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B8" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="C8" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="D8" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="E8" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="H8" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B9" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="C9" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="D9" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="E9" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="H9" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B10" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="C10" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="D10" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="E10" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="H10" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B11" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C11" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="D11" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="E11" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="H11" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B12" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="C12" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="D12" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="E12" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="H12" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B2" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C2" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="H2" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B2" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="C2" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="D2" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="E2" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="H2" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C3" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="D3" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="E3" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="H3" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B4" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="C4" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
         <v>79</v>
       </c>
       <c r="E4" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="H4" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B5" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C5" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="D5" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="E5" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="H5" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B2" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="H2" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="I2" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B3" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="H3" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="I3" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B4" t="s">
+        <v>485</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>486</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>487</v>
+      </c>
+      <c r="H4" t="s">
+        <v>488</v>
+      </c>
+      <c r="I4" t="s">
         <v>480</v>
-      </c>
-[...19 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B5" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H5" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="I5" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B6" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C6" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H6" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="I6" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B7" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="H7" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="I7" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B8" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H8" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="I8" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="B2" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C2" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="D2" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="E2" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="H2" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="B3" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="C3" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="H3" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="B2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="H2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>