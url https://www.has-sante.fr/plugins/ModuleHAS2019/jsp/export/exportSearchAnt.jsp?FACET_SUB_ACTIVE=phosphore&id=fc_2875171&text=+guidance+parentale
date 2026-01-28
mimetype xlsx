--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="205">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -99,50 +99,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>11/10/2019 11:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
   </si>
   <si>
     <t>p_3112119</t>
   </si>
   <si>
     <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
   </si>
   <si>
     <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Syndrome de Rett et apparentés</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
   </si>
   <si>
     <t>03/05/2017 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
   </si>
   <si>
     <t>c_2760855</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Comment mieux informer les femmes enceintes ?</t>
   </si>
   <si>
     <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
   </si>
@@ -659,51 +674,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -823,86 +838,86 @@
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
         <v>35</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>36</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>38</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
         <v>42</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>44</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>45</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
@@ -1066,262 +1081,262 @@
       </c>
       <c r="E15" t="s">
         <v>79</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>80</v>
       </c>
       <c r="H15" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>82</v>
       </c>
       <c r="C16" t="s">
         <v>83</v>
       </c>
       <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>84</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>85</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" t="s">
         <v>88</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>89</v>
       </c>
-      <c r="C17" t="s">
+      <c r="E17" t="s">
         <v>90</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>91</v>
       </c>
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>93</v>
       </c>
       <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" t="s">
         <v>95</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>96</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>97</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>98</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>103</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>104</v>
       </c>
       <c r="H19" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C21" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C22" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>116</v>
+        <v>79</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>117</v>
       </c>
       <c r="H22" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
       <c r="C23" t="s">
         <v>120</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>74</v>
+        <v>121</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C24" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>125</v>
+        <v>79</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
         <v>126</v>
       </c>
       <c r="H24" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>128</v>
       </c>
       <c r="C25" t="s">
         <v>129</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
@@ -1352,77 +1367,77 @@
       </c>
       <c r="E26" t="s">
         <v>135</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
         <v>136</v>
       </c>
       <c r="H26" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>138</v>
       </c>
       <c r="C27" t="s">
         <v>139</v>
       </c>
       <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
         <v>140</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
         <v>141</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
+        <v>143</v>
+      </c>
+      <c r="C28" t="s">
         <v>144</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>146</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>147</v>
       </c>
       <c r="H28" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>149</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29" t="s">
@@ -1473,164 +1488,164 @@
       </c>
       <c r="B31" t="s">
         <v>159</v>
       </c>
       <c r="C31" t="s">
         <v>160</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>161</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>162</v>
       </c>
       <c r="H31" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>164</v>
       </c>
       <c r="C32" t="s">
         <v>165</v>
       </c>
       <c r="D32" t="s">
-        <v>140</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>166</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>167</v>
       </c>
       <c r="H32" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="B33" t="s">
         <v>169</v>
       </c>
       <c r="C33" t="s">
         <v>170</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="E33" t="s">
         <v>171</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
         <v>172</v>
       </c>
       <c r="H33" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>174</v>
       </c>
       <c r="C34" t="s">
         <v>175</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>176</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>177</v>
       </c>
       <c r="H34" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>179</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
         <v>181</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
         <v>182</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
         <v>185</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>187</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>188</v>
       </c>
       <c r="H36" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>190</v>
       </c>
       <c r="C37" t="s">
         <v>191</v>
       </c>
       <c r="D37" t="s">
@@ -1651,45 +1666,71 @@
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>195</v>
       </c>
       <c r="C38" t="s">
         <v>196</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>197</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>198</v>
       </c>
       <c r="H38" t="s">
         <v>199</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>8</v>
+      </c>
+      <c r="B39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" t="s">
+        <v>201</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>202</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>203</v>
+      </c>
+      <c r="H39" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>