--- v0 (2025-11-17)
+++ v1 (2026-02-16)
@@ -9,92 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="107">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Microdélétion 2q37</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de microdélétion 2q37. Il a été élaboré par le Centre de Référence "Anomalies du Développement et Syndromes Malformatifs" à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>09/08/2019 00:00:00</t>
   </si>
   <si>
     <t>21/08/2019 10:42:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3097438/fr/microdeletion-2q37</t>
   </si>
   <si>
     <t>p_3097438</t>
   </si>
   <si>
     <t>Syndrome Trichorhinophalangien (TRPS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
   </si>
   <si>
     <t>p_3289837</t>
   </si>
   <si>
     <t>Générique Polyhandicap</t>
   </si>
@@ -359,51 +380,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -419,457 +440,483 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H10" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="E12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H14" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D17" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>91</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>92</v>
       </c>
       <c r="H17" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>94</v>
       </c>
       <c r="B18" t="s">
         <v>95</v>
       </c>
       <c r="C18" t="s">
         <v>96</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="E18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>104</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>