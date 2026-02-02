--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="197">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -258,50 +258,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/12/2018 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
   </si>
   <si>
     <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Alpha-mannosidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
   </si>
   <si>
     <t>p_3557765</t>
   </si>
   <si>
     <t>Syndromes thalassémiques majeurs et intermédiaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
   </si>
@@ -852,51 +867,51 @@
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
         <v>24</v>
       </c>
       <c r="J4" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1132,126 +1147,126 @@
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>78</v>
       </c>
       <c r="H10" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>81</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>87</v>
       </c>
       <c r="H12" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>89</v>
       </c>
       <c r="C13" t="s">
         <v>90</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>91</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>92</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
         <v>95</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>97</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>98</v>
       </c>
       <c r="H14" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>100</v>
       </c>
       <c r="C15" t="s">
         <v>101</v>
       </c>
       <c r="D15" t="s">
@@ -1480,267 +1495,293 @@
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>33</v>
       </c>
       <c r="B24" t="s">
         <v>145</v>
       </c>
       <c r="C24" t="s">
         <v>146</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>147</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>148</v>
       </c>
       <c r="H24" t="s">
         <v>149</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>33</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>151</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>152</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>153</v>
+      </c>
+      <c r="H25" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E2" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="H2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B3" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="E3" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B4" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C4" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D4" t="s">
         <v>36</v>
       </c>
       <c r="E4" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="H4" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="E5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="H5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B6" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C6" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D6" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E6" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H6" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B7" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C7" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D7" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="E7" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="H7" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B8" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C8" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="D8" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="E8" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="H8" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>