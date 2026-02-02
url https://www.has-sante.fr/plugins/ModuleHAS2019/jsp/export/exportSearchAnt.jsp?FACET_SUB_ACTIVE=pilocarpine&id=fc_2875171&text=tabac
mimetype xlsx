--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,207 +1,481 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>07/01/2006 11:28:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>AEQUASYAL (Spray buccal T.G.O)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+    <t>28/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398725/fr/aequasyal-spray-buccal-t-g-o</t>
+  </si>
+  <si>
+    <t>c_398725</t>
+  </si>
+  <si>
+    <t>Laboratoires CARILENE S.A.S.</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>01/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>