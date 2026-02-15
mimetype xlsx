--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,521 +1,293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/05/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...35 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Art 50, Zondar, Chondrosulf, Piasclédine, Dolenio, Flexea, Osaflexan, Structoflex et Voltaflex : service médical rendu insuffisant dans le traitement symptomatique de l’arthrose</t>
-[...53 lines deleted...]
-    <t>pprd_2983572</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>PROXALYOC (piroxicam)</t>
+  </si>
+  <si>
+    <t>11/30/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985092/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2985092</t>
   </si>
   <si>
     <t>piroxicam</t>
   </si>
   <si>
-    <t>CHIESI SA</t>
-[...88 lines deleted...]
-  <si>
     <t>Laboratoire CEPHALON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399112/fr/proxalyoc-piroxicam</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_460074/fr/inflaced-piroxicam</t>
+    <t>https://www.has-sante.fr/jcms/c_399112/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468401/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798084/en/proxalyoc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147513/en/proxalyoc-piroxicam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -542,51 +314,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -608,716 +380,272 @@
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H4" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      <c r="B5" t="s">
         <v>32</v>
-      </c>
-[...68 lines deleted...]
-        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>46</v>
+      </c>
+      <c r="J1" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
+      </c>
+      <c r="I2" t="s">
         <v>54</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>55</v>
       </c>
-      <c r="C2" t="s">
+      <c r="K2" t="s">
         <v>56</v>
       </c>
-      <c r="D2" t="s">
+      <c r="L2" t="s">
         <v>57</v>
       </c>
-      <c r="E2" t="s">
+      <c r="M2" t="s">
         <v>58</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="N2" t="s">
         <v>59</v>
-      </c>
-[...420 lines deleted...]
-        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>