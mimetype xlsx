--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -1,207 +1,568 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/30/2006 09:45:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Les malformations artério-veineuses superficielles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformations artério-veineuses superficielles. Il a été élaboré par le Centre de référence maladies vasculaires rares – Filière FAVA-Multi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299827/fr/les-malformations-arterio-veineuses-superficielles</t>
+  </si>
+  <si>
+    <t>p_3299827</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Occlusion de grande veine saphène  par radiofréquence par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure radiofréquence par comparaison à la technique de référence (crossectomie éveinage de la grande veine saphène)</t>
+  </si>
+  <si>
+    <t>18/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2013 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713341/fr/occlusion-de-grande-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1713341</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 5 septembre 2023</t>
+  </si>
+  <si>
+    <t>13/09/2023 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460737/fr/cnedimts-du-5-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3460737</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+      <c r="I2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>