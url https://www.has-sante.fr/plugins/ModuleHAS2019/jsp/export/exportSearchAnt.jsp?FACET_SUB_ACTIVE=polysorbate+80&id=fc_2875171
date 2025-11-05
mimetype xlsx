--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -1,333 +1,1013 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Studies and Reports" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Études et Rapports" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="98">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...11 lines deleted...]
-    <t>12/01/2020 11:53:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EPISIL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902360/fr/episil</t>
+  </si>
+  <si>
+    <t>c_2902360</t>
+  </si>
+  <si>
+    <t>solution orale</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Vaccin antigrippal FLUAD : transition du vaccin antigrippal FLUAD, de sa forme quadrivalente à une forme trivalente, dans la stratégie de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant la transition du vaccin antigrippal FLUAD, de sa forme quadrivalente à une forme trivalente, dans la stratégie de vaccination contre la grippe saisonnière, suite aux recommandations émises par l’OMS et l’EMA en février et mars 2024, sur le retrait de la souche B/Yamagata des vaccins contre la grippe.</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2025 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590169/fr/vaccin-antigrippal-fluad-transition-du-vaccin-antigrippal-fluad-de-sa-forme-quadrivalente-a-une-forme-trivalente-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>p_3590169</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin VidPrevtyn Beta</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS recommande d’intégrer le vaccin VidPrevtyn Beta dans la stratégie vaccinale de rappel contre la Covid-19 en alternative aux vaccins à ARNm bivalents pour les personnes réticentes à ce type de vaccins et celles qui ne peuvent en bénéficier (contre-indications).</t>
+  </si>
+  <si>
+    <t>01/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2022 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394242/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-vidprevtyn-beta</t>
+  </si>
+  <si>
+    <t>p_3394242</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
+  </si>
+  <si>
+    <t>Élargissement des compétences en matière de vaccination des infirmiers, des pharmaciens et des sages-femmes chez les enfants et adolescents de moins de 16 ans</t>
+  </si>
+  <si>
+    <t>En vue de simplifier le parcours vaccinal, de multiplier les opportunités de vaccination et de favoriser ainsi l’augmentation de la couverture vaccinale, la HAS est favorable à une extension des compétences vaccinales des infirmiers, pharmaciens et sages-femmes pour l’ensemble des vaccins inscrits au calendrier vaccinal, pour les enfants et adolescents de moins de 16 ans. Elle précise néanmoins que cet élargissement des compétences ne concerne pas la prescription de vaccins vivants chez des personnes immunodéprimées, qui doit rester une compétence réservée aux seuls médecins, notamment en raison des risques associés et de la complexité des schémas vaccinaux.</t>
+  </si>
+  <si>
+    <t>28/06/2022 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335030/fr/elargissement-des-competences-en-matiere-de-vaccination-des-infirmiers-des-pharmaciens-et-des-sages-femmes-chez-les-enfants-et-adolescents-de-moins-de-16-ans</t>
+  </si>
+  <si>
+    <t>p_3335030</t>
+  </si>
+  <si>
+    <t>Utilisation du vaccin contre la grippe saisonnière Influvac Tetra chez les enfants âgés de 6 à 35 mois</t>
+  </si>
+  <si>
+    <t>Suite à la nouvelle autorisation de mise sur le marché (AMM) du vaccin Influvac Tetra, permettant son utilisation chez les nourrissons et les enfants âgés de 6 à 35 mois, la HAS a évalué la place de ce vaccin dans la stratégie vaccinale existante de prévention de la grippe saisonnière chez les nourrissons et les jeunes enfants. Cette évaluation, qui s’adresse aux décideurs publics, a pris en compte les données d’efficacité vaccinale, d’immunogénicité et de tolérance disponibles pour ce vaccin. La HAS a conclu que le vaccin Influvac Tetra peut être utilisé selon son AMM pour les populations de nourrissons et d'enfants âgés de 6 à 35 mois dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière.</t>
+  </si>
+  <si>
+    <t>21/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295272/fr/utilisation-du-vaccin-contre-la-grippe-saisonniere-influvac-tetra-chez-les-enfants-ages-de-6-a-35-mois</t>
+  </si>
+  <si>
+    <t>p_3295272</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Nécessité des rappels vaccinaux chez l'enfant - Exigibilité des vaccinations en collectivité</t>
+  </si>
+  <si>
+    <t>Suite à la concertation citoyenne sur la vaccination, la Ministre des Solidarités et de la Santé a souhaité rendre obligatoire l’ensemble des vaccinations de la petite enfance pour les enfants nés après le 1er janvier 2018. A compter de cette date, les 8 valences actuellement recommandées (la coqueluche, l’hépatite B, la rougeole, les oreillons, la rubéole, le méningocoque C et les infections à Haemophilius influenza B et pneumocoques) devraient donc s’ajouter aux 3 valences déjà obligatoires en France (la diphtérie, le tétanos et la poliomyélite).</t>
+  </si>
+  <si>
+    <t>30/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2018 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2815700/fr/necessite-des-rappels-vaccinaux-chez-l-enfant-exigibilite-des-vaccinations-en-collectivite</t>
+  </si>
+  <si>
+    <t>c_2815700</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TISSEEL (aprotinine synthétique/ fibrinogène humain/ polysorbate 80/ thrombine ...)</t>
   </si>
   <si>
-    <t>05/29/2017 15:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983612/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+    <t>29/05/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983612/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
   </si>
   <si>
     <t>pprd_2983612</t>
   </si>
   <si>
     <t>aprotinine synthétique,fibrinogène humain,polysorbate 80,thrombine humaine</t>
   </si>
   <si>
     <t>BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2769387/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2049889/en/tisseel-human-fibrinogen-and-thrombin-based-frozen-solution-for-sealant</t>
+    <t>https://www.has-sante.fr/jcms/c_2769387/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049889/fr/tisseel-solution-congelee-pour-colle-a-base-de-fibrinogene-et-de-thrombine-humains-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>56</v>
+      </c>
+      <c r="H4" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>72</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>78</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>79</v>
+      </c>
+      <c r="H8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>84</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>85</v>
+      </c>
+      <c r="H9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>95</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>96</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>