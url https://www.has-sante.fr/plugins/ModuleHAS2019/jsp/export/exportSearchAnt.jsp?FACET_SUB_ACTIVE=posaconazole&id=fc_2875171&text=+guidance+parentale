--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -41,81 +41,81 @@
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
   </si>
   <si>
     <t>15/07/2015 14:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
   </si>
   <si>
     <t>c_2046188</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
 </sst>
 </file>
 