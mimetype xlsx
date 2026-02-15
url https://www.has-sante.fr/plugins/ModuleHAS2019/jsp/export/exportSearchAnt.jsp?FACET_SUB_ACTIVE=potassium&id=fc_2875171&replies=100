--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,7699 +1,1595 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1476" uniqueCount="867">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="167">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>24/03/2023 16:11:33</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
-[...293 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Acidémie Isovalérique</t>
-[...185 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
-[...605 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445860/fr/flash-securite-patient-les-soins-en-ville-les-risques-existent-aussi</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Focus on Patient Safety -  «  Primary care... risks also arise »</t>
+  </si>
+  <si>
+    <t>06/20/2023 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445860/en/focus-on-patient-safety-primary-care-risks-also-arise</t>
   </si>
   <si>
     <t>p_3445860</t>
   </si>
   <si>
-    <t>Flash Sécurité Patient - « Téléconsultation : à distance, redoubler de vigilance »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3394347/fr/flash-securite-patient-teleconsultation-a-distance-redoubler-de-vigilance</t>
+    <t>Focus on patient safety  " Teleconsultation - Increase your vigilance when consulting remotely "</t>
+  </si>
+  <si>
+    <t>12/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394347/en/focus-on-patient-safety-teleconsultation-increase-your-vigilance-when-consulting-remotely</t>
   </si>
   <si>
     <t>p_3394347</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Suicide. Mieux vaut prévenir que mourir »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3363656/fr/flash-securite-patient-suicide-mieux-vaut-prevenir-que-mourir</t>
+    <t>Focus on patient safety - " Suicide Prevention is better than death "</t>
+  </si>
+  <si>
+    <t>France is one of the European countries the most affected by suicide. In 2016, there were 9,300 deaths by suicide in France. There are around an additional 200,000 suicide attempts per year, by which patients come into contact with the healthcare system. Suicide is the first cause of death among 25-34-year-olds and the second cause among 15-24-year-olds, after road traffic accidents.</t>
+  </si>
+  <si>
+    <t>09/08/2022 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363656/en/focus-on-patient-safety-suicide-prevention-is-better-than-death</t>
   </si>
   <si>
     <t>p_3363656</t>
   </si>
   <si>
-    <t>Flash Sécurité Patient – « Le stockage des curares. Des erreurs pas si rares »</t>
+    <t>Focus on patient safety - "Curare storage : Not so uncommon mistakes"</t>
   </si>
   <si>
     <t>La HAS publie un flash sécurité patient qui sensibilise aux conséquences du non-respect des bonnes pratiques de stockage des curares. En effet, parmi les erreurs liées aux produits de santé issues de la base EIGS reçues à la HAS entre mars 2017 et le 31 décembre 2019, les erreurs liées aux curares représentent 11 % (20/177) de l’ensemble des erreurs médicamenteuses issues de la base nationale de retour d’expérience des EIGS. Plus de la moitié de ces erreurs ont pour origine le non-respect des bonnes pratiques de stockage.</t>
   </si>
   <si>
-    <t>13/05/2022 11:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3338991/fr/flash-securite-patient-le-stockage-des-curares-des-erreurs-pas-si-rares</t>
+    <t>05/13/2022 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338991/en/focus-on-patient-safety-curare-storage-not-so-uncommon-mistakes</t>
   </si>
   <si>
     <t>p_3338991</t>
   </si>
   <si>
-    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
-[...14 lines deleted...]
-    <t>Flash sécurité patient – « SAMU. Et si chacun jouait sa partition »</t>
+    <t>Focus on patient safety -  "French emergency medical aid service. What if everyone played their part."</t>
   </si>
   <si>
     <t>L’évolution du recours au service d’aide médicale urgente (SAMU) et de son rôle dans le parcours de soins des patients rendent les démarches qualité et de sécurité essentielles avec des approches réflexives dont la déclaration et l’analyse des événements indésirables graves. La HAS publie un flash sécurité patient pour alerter et sensibiliser les équipes de régulation des SAMU et leurs partenaires de la survenue d’EIGS qui peuvent être évités en rappelant le rôle et la place de chacun.</t>
   </si>
   <si>
-    <t>21/01/2022 15:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3311271/fr/flash-securite-patient-samu-et-si-chacun-jouait-sa-partition</t>
+    <t>01/21/2022 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311271/en/focus-on-patient-safety-french-emergency-medical-aid-service-what-if-everyone-played-their-part</t>
   </si>
   <si>
     <t>p_3311271</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Calcul de doses médicamenteuses. La règle de trois doit rester la règle »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3309392/fr/flash-securite-patient-calcul-de-doses-medicamenteuses-la-regle-de-trois-doit-rester-la-regle</t>
+    <t>Focus on patient safety - "Medicinal product dose calculation. The rule of three must remain the rule."</t>
+  </si>
+  <si>
+    <t>The yearly report on treatment-related serious adverse events (trSAEs) showed, from 2018, that adverse events related to medicinal products were the third most common cause behind the trSAEs reported. Among these medication errors, dose errors are the most commonly reported type of error (169/362) with dose errors related to incorrect dose calculation being over-represented (80/169). The 3 types of errors which can be generated by a dose calculation are : - The dose error itself, - Incorrect flow-rate, - Administration time error.</t>
+  </si>
+  <si>
+    <t>01/17/2022 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309392/en/focus-on-patient-safety-medicinal-product-dose-calculation-the-rule-of-three-must-remain-the-rule</t>
   </si>
   <si>
     <t>p_3309392</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Dispositifs médicaux. Bien s’en servir...pour éviter le pire »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3300149/fr/flash-securite-patient-dispositifs-medicaux-bien-s-en-servir-pour-eviter-le-pire</t>
+    <t>Focus on patient safety  - "Medical devices. Using them well... to prevent the worst."</t>
+  </si>
+  <si>
+    <t>Among the errors related to health products taken from the care-related serious adverse events database received by the HAS from March 2017 to 31 December 2019, a little over 25 % are errors related to incorrect use of medical devices, combined for more than 60 % of those cases with the use of medicinal products on the never events list. Medical device misuse occurs in many forms.</t>
+  </si>
+  <si>
+    <t>11/19/2021 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300149/en/focus-on-patient-safety-medical-devices-using-them-well-to-prevent-the-worst</t>
   </si>
   <si>
     <t>p_3300149</t>
   </si>
   <si>
-    <t>Flash sécurité patient -  « SAMU. Et si coordonner rimait avec communiquer »</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3291312/fr/flash-securite-patient-samu-et-si-coordonner-rimait-avec-communiquer</t>
+    <t>Focus on patient safety - "French Emergency Medical Aid Service. What if coordination rhymed with communication"</t>
+  </si>
+  <si>
+    <t>10/12/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291312/en/focus-on-patient-safety-french-emergency-medical-aid-service-what-if-coordination-rhymed-with-communication</t>
   </si>
   <si>
     <t>p_3291312</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Accidents liés à un médicament à risque. Qui dit potassium (KCl), dit vigilance maximale »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3273644/fr/flash-securite-patient-accidents-lies-a-un-medicament-a-risque-qui-dit-potassium-kcl-dit-vigilance-maximale</t>
+    <t>Focus on patient safety - "Accidents related to a high-risk medicinal product. Who says potassium (KCI) says maximum vigilance"</t>
+  </si>
+  <si>
+    <t>Although corrective measures have been implemented by the ANSM, potassium chloride for injection and even for oral administration continues to be used incorrectly. These errors are among the Never Events that should never happen.</t>
+  </si>
+  <si>
+    <t>07/05/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273644/en/focus-on-patientsafety-accidents-related-to-a-high-risk-medicinal-product-who-says-potassium-kci-says-maximum-vigilance</t>
   </si>
   <si>
     <t>p_3273644</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Médicaments à risque : Sous-estimer le risque c’est risqué »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3275489/fr/flash-securite-patient-medicaments-a-risque-sous-estimer-le-risque-c-est-risque</t>
+    <t>Focus on patient safety -  "High-alert medications. Underestimating the risk is risky."</t>
+  </si>
+  <si>
+    <t>07/02/2021 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275489/en/focus-on-patient-safety-high-alert-medications-underestimating-the-risk-is-risky</t>
   </si>
   <si>
     <t>p_3275489</t>
   </si>
   <si>
-    <t>Repérage et prise en charge du patient adulte atteint de maladie rénale chronique</t>
-[...863 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>04/10/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>10/04/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
-[...398 lines deleted...]
-    <t>c_2582471</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+  </si>
+  <si>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>06/22/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J17"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...16 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="I8" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="J9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H10" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="J10" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="11">
-[...222 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>639</v>
+        <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>640</v>
+        <v>63</v>
       </c>
       <c r="C2" t="s">
-        <v>641</v>
+        <v>64</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="E2" t="s">
-        <v>642</v>
+        <v>66</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>643</v>
+        <v>67</v>
       </c>
       <c r="H2" t="s">
-        <v>644</v>
+        <v>68</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>639</v>
+        <v>62</v>
       </c>
       <c r="B3" t="s">
-        <v>645</v>
+        <v>69</v>
       </c>
       <c r="C3" t="s">
-        <v>646</v>
+        <v>70</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>647</v>
+        <v>71</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>648</v>
+        <v>72</v>
       </c>
       <c r="H3" t="s">
-        <v>649</v>
+        <v>73</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>639</v>
+        <v>62</v>
       </c>
       <c r="B4" t="s">
-        <v>650</v>
+        <v>74</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="E4" t="s">
-        <v>651</v>
+        <v>77</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>652</v>
+        <v>78</v>
       </c>
       <c r="H4" t="s">
-        <v>653</v>
-[...2268 lines deleted...]
-        <v>294</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...505 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>361</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>362</v>
+        <v>81</v>
       </c>
       <c r="C2" t="s">
-        <v>363</v>
+        <v>82</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>364</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>365</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>366</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>361</v>
+        <v>80</v>
       </c>
       <c r="B3" t="s">
-        <v>367</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>368</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
-        <v>369</v>
+        <v>88</v>
       </c>
       <c r="E3" t="s">
-        <v>370</v>
+        <v>89</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>371</v>
+        <v>90</v>
       </c>
       <c r="H3" t="s">
-        <v>372</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>361</v>
+        <v>80</v>
       </c>
       <c r="B4" t="s">
-        <v>373</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
-        <v>374</v>
+        <v>93</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="E4" t="s">
-        <v>375</v>
+        <v>95</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>376</v>
+        <v>96</v>
       </c>
       <c r="H4" t="s">
-        <v>377</v>
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>110</v>
+      </c>
+      <c r="H4" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" t="s">
+        <v>112</v>
+      </c>
+      <c r="C5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>115</v>
+      </c>
+      <c r="H5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>120</v>
+      </c>
+      <c r="H6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" t="s">
+        <v>122</v>
+      </c>
+      <c r="C7" t="s">
+        <v>123</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>124</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>125</v>
+      </c>
+      <c r="H7" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" t="s">
+        <v>128</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>129</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>130</v>
+      </c>
+      <c r="H8" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>98</v>
+      </c>
+      <c r="B9" t="s">
+        <v>132</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>133</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>134</v>
+      </c>
+      <c r="H9" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>98</v>
+      </c>
+      <c r="B10" t="s">
+        <v>136</v>
+      </c>
+      <c r="C10" t="s">
+        <v>137</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>138</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>139</v>
+      </c>
+      <c r="H10" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>141</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>142</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>143</v>
+      </c>
+      <c r="H11" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>145</v>
+      </c>
+      <c r="J1" t="s">
+        <v>146</v>
+      </c>
+      <c r="K1" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>378</v>
+        <v>148</v>
       </c>
       <c r="B2" t="s">
-        <v>379</v>
+        <v>149</v>
       </c>
       <c r="C2" t="s">
-        <v>380</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>381</v>
+        <v>150</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>382</v>
+        <v>151</v>
       </c>
       <c r="H2" t="s">
-        <v>383</v>
-[...285 lines deleted...]
-        <v>436</v>
+        <v>152</v>
+      </c>
+      <c r="I2" t="s">
+        <v>153</v>
+      </c>
+      <c r="J2" t="s">
+        <v>154</v>
+      </c>
+      <c r="K2" t="s">
+        <v>155</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>437</v>
+        <v>156</v>
       </c>
       <c r="B2" t="s">
-        <v>438</v>
+        <v>157</v>
       </c>
       <c r="C2" t="s">
-        <v>439</v>
+        <v>158</v>
       </c>
       <c r="D2" t="s">
-        <v>440</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>441</v>
+        <v>159</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>442</v>
+        <v>160</v>
       </c>
       <c r="H2" t="s">
-        <v>443</v>
+        <v>161</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>437</v>
+        <v>156</v>
       </c>
       <c r="B3" t="s">
-        <v>444</v>
+        <v>162</v>
       </c>
       <c r="C3" t="s">
-        <v>445</v>
+        <v>163</v>
       </c>
       <c r="D3" t="s">
-        <v>446</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>447</v>
+        <v>164</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>448</v>
+        <v>165</v>
       </c>
       <c r="H3" t="s">
-        <v>449</v>
-[...951 lines deleted...]
-        <v>638</v>
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>