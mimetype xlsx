--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="251">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -206,72 +206,87 @@
   <si>
     <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
   </si>
   <si>
     <t>01/12/2002 00:00:00</t>
   </si>
   <si>
     <t>01/12/2002 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Cystinose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/08/2018 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
   </si>
   <si>
     <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
   </si>
   <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
   </si>
   <si>
     <t>p_3574785</t>
   </si>
   <si>
     <t>Paraparésies spastiques héréditaires pures</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/09/2024 00:00:00</t>
   </si>
@@ -797,51 +812,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H45"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1152,207 +1167,207 @@
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>76</v>
       </c>
       <c r="H13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>80</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>81</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" t="s">
         <v>84</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>86</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>87</v>
       </c>
       <c r="H15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
         <v>89</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>90</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>91</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>92</v>
       </c>
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
         <v>96</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>97</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>98</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>99</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
         <v>102</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>104</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>105</v>
       </c>
       <c r="H18" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>107</v>
       </c>
       <c r="C19" t="s">
         <v>108</v>
       </c>
       <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>109</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
         <v>110</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>115</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>116</v>
       </c>
       <c r="H20" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>118</v>
       </c>
       <c r="C21" t="s">
         <v>119</v>
       </c>
       <c r="D21" t="s">
@@ -1438,103 +1453,103 @@
       </c>
       <c r="E24" t="s">
         <v>135</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
         <v>136</v>
       </c>
       <c r="H24" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>138</v>
       </c>
       <c r="C25" t="s">
         <v>139</v>
       </c>
       <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
         <v>140</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>141</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" t="s">
         <v>144</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>145</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>146</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>147</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" t="s">
         <v>150</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>152</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>153</v>
       </c>
       <c r="H27" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>155</v>
       </c>
       <c r="C28" t="s">
         <v>156</v>
       </c>
       <c r="D28" t="s">
@@ -1611,405 +1626,431 @@
       </c>
       <c r="B31" t="s">
         <v>170</v>
       </c>
       <c r="C31" t="s">
         <v>171</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>172</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>173</v>
       </c>
       <c r="H31" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>175</v>
       </c>
       <c r="C32" t="s">
         <v>176</v>
       </c>
       <c r="D32" t="s">
-        <v>146</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>177</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>178</v>
       </c>
       <c r="H32" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B33" t="s">
         <v>180</v>
       </c>
       <c r="C33" t="s">
         <v>181</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>151</v>
       </c>
       <c r="E33" t="s">
         <v>182</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
         <v>183</v>
       </c>
       <c r="H33" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>185</v>
       </c>
       <c r="C34" t="s">
         <v>186</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>187</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C35" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>191</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>192</v>
       </c>
       <c r="H35" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>194</v>
       </c>
       <c r="C36" t="s">
         <v>195</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>196</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>197</v>
       </c>
       <c r="H36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>199</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>200</v>
       </c>
       <c r="D37" t="s">
-        <v>200</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>201</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>202</v>
       </c>
       <c r="H37" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="B38" t="s">
         <v>204</v>
       </c>
       <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>206</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>207</v>
       </c>
       <c r="H38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
+        <v>8</v>
+      </c>
+      <c r="B39" t="s">
         <v>209</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>211</v>
       </c>
-      <c r="D39" t="s">
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
         <v>212</v>
       </c>
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>214</v>
+      </c>
+      <c r="B40" t="s">
+        <v>215</v>
+      </c>
+      <c r="C40" t="s">
         <v>216</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>218</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
         <v>219</v>
       </c>
       <c r="H40" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>221</v>
       </c>
       <c r="B41" t="s">
         <v>222</v>
       </c>
       <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
         <v>223</v>
       </c>
-      <c r="D41" t="s">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
         <v>224</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B42" t="s">
         <v>227</v>
       </c>
       <c r="C42" t="s">
         <v>228</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>229</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
         <v>230</v>
       </c>
       <c r="H42" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B43" t="s">
         <v>232</v>
       </c>
       <c r="C43" t="s">
         <v>233</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>234</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
         <v>235</v>
       </c>
       <c r="H43" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B44" t="s">
         <v>237</v>
       </c>
       <c r="C44" t="s">
         <v>238</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>239</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
         <v>240</v>
       </c>
       <c r="H44" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B45" t="s">
         <v>242</v>
       </c>
       <c r="C45" t="s">
         <v>243</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H45" t="s">
-        <v>245</v>
+        <v>246</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>226</v>
+      </c>
+      <c r="B46" t="s">
+        <v>247</v>
+      </c>
+      <c r="C46" t="s">
+        <v>248</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>234</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>249</v>
+      </c>
+      <c r="H46" t="s">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>