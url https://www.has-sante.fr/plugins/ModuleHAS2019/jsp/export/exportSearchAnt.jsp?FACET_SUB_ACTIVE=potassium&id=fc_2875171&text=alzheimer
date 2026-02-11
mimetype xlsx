--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -332,51 +332,51 @@
   <si>
     <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
   </si>
   <si>
     <t>13/11/2019 00:00:00</t>
   </si>
   <si>
     <t>22/11/2019 10:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3118872</t>
   </si>
   <si>
     <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
   </si>
   <si>
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
-    <t>16/03/2008 00:00:00</t>
+    <t>16/03/2010 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
   </si>
   <si>
     <t>c_930913</t>
   </si>
   <si>
     <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
   </si>
   <si>
     <t>27/05/2009 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>