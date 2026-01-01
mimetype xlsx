--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,455 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>26/11/2020 09:12:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Maladie liée à HNF-1β</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
-[...101 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
-  </si>
-[...67 lines deleted...]
-    <t>c_817790</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -482,500 +215,84 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      <c r="B5" t="s">
         <v>28</v>
-      </c>
-[...406 lines deleted...]
-        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>