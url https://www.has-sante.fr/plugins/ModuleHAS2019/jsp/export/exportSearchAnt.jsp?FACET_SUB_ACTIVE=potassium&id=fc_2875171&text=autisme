--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -9,188 +9,455 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="118">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/18/2025 10:28:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>25/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219174/fr/manuel-et-referentiel-de-la-certification-des-etablissements-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3219174</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) : bilan annuel 2022</t>
+  </si>
+  <si>
+    <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>24/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2023 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472509/fr/evenements-indesirables-graves-associes-aux-soins-eigs-bilan-annuel-2022</t>
+  </si>
+  <si>
+    <t>p_3472509</t>
+  </si>
+  <si>
+    <t>Délétion 1p36</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 1p36. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363026/fr/deletion-1p36</t>
+  </si>
+  <si>
+    <t>p_3363026</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>Accréditation des établissements de santé étrangers</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
+  </si>
+  <si>
+    <t>23/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
+  </si>
+  <si>
+    <t>p_3433849</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d'admission en  affection de longue durée (ALD) - Juin 2009</t>
+  </si>
+  <si>
+    <t>La loi du 13 août 2004 a confié trois missions à la HAS (art. R 161-71 CSS) dans le domaine des affections de longue durée (ALD) dont l’une est de formuler des recommandations sur les critères utilisés pour la définition des ALD, c’est-à-dire définir les conditions médicales nécessaires pour que les malades bénéficient d’une exonération de ticket modérateur, pour une affection donnée.</t>
+  </si>
+  <si>
+    <t>30/06/2009 17:49:00</t>
+  </si>
+  <si>
+    <t>01/10/2009 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817790/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affection-de-longue-duree-ald-juin-2009</t>
+  </si>
+  <si>
+    <t>c_817790</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -215,84 +482,500 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>85</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>86</v>
+      </c>
+      <c r="H15" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>91</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>93</v>
+      </c>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>88</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" t="s">
+        <v>30</v>
+      </c>
+      <c r="E17" t="s">
+        <v>97</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>98</v>
+      </c>
+      <c r="H17" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>100</v>
+      </c>
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>104</v>
+      </c>
+      <c r="H18" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>100</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>108</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>109</v>
+      </c>
+      <c r="H19" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
+        <v>113</v>
+      </c>
+      <c r="D20" t="s">
+        <v>114</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>116</v>
+      </c>
+      <c r="H20" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>