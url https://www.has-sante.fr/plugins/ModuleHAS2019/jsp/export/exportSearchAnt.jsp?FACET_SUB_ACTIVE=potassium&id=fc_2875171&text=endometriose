--- v0 (2025-12-09)
+++ v1 (2026-02-23)
@@ -86,51 +86,51 @@
   <si>
     <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
   </si>
   <si>
     <t>05/02/2020 00:00:00</t>
   </si>
   <si>
     <t>09/03/2020 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3150638</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
     <t>26/06/2019 00:00:00</t>
   </si>
   <si>
     <t>07/09/2019 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>