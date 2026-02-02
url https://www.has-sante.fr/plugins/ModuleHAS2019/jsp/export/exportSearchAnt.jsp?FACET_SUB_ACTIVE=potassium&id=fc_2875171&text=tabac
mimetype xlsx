--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="514" uniqueCount="319">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="522" uniqueCount="324">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -251,50 +251,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
   </si>
   <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>ALD n° 19 - Néphropathie chronique grave</t>
   </si>
   <si>
     <t>07/10/2021 00:00:00</t>
   </si>
   <si>
     <t>13/10/2021 14:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_565906/fr/ald-n-19-nephropathie-chronique-grave</t>
   </si>
   <si>
     <t>c_565906</t>
   </si>
   <si>
     <t>Lupus Systémique de l'adulte et de l'enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/02/2024 00:00:00</t>
   </si>
   <si>
     <t>09/02/2024 08:27:00</t>
@@ -578,51 +593,51 @@
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
   </si>
   <si>
     <t>27/10/2016 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
   </si>
   <si>
     <t>c_2059286</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
   </si>
   <si>
     <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
   </si>
   <si>
     <t>23/06/2022 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
   </si>
   <si>
     <t>p_3346001</t>
   </si>
   <si>
     <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
   </si>
@@ -947,75 +962,75 @@
   <si>
     <t>30/06/2014 11:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
   </si>
   <si>
     <t>c_2906058</t>
   </si>
   <si>
     <t>Accréditation des établissements de santé étrangers</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
   </si>
   <si>
     <t>23/05/2023 09:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
   </si>
   <si>
     <t>p_3433849</t>
   </si>
   <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
     <t>Comprendre la certification pour la qualité des soins</t>
   </si>
   <si>
     <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
   </si>
   <si>
     <t>c_411173</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3563407</t>
   </si>
   <si>
     <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
   </si>
   <si>
     <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
   </si>
   <si>
     <t>22/12/2015 12:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
   </si>
   <si>
     <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -1221,51 +1236,51 @@
       </c>
       <c r="D2" t="s">
         <v>30</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>32</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1443,106 +1458,106 @@
       </c>
       <c r="D8" t="s">
         <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>70</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>71</v>
       </c>
       <c r="H8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="D9" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>75</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>76</v>
       </c>
       <c r="H9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
         <v>79</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>80</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>81</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
         <v>84</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>86</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>87</v>
       </c>
       <c r="H11" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>89</v>
       </c>
       <c r="C12" t="s">
         <v>90</v>
       </c>
       <c r="D12" t="s">
@@ -1576,77 +1591,77 @@
       </c>
       <c r="E13" t="s">
         <v>96</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>97</v>
       </c>
       <c r="H13" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
       <c r="C14" t="s">
         <v>100</v>
       </c>
       <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>101</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>102</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
         <v>105</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>107</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>108</v>
       </c>
       <c r="H15" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>110</v>
       </c>
       <c r="C16" t="s">
         <v>111</v>
       </c>
       <c r="D16" t="s">
@@ -1888,966 +1903,992 @@
       </c>
       <c r="E25" t="s">
         <v>157</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>158</v>
       </c>
       <c r="H25" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>34</v>
       </c>
       <c r="B26" t="s">
         <v>160</v>
       </c>
       <c r="C26" t="s">
         <v>161</v>
       </c>
       <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
         <v>162</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>163</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>164</v>
       </c>
-      <c r="H26" t="s">
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B27" t="s">
         <v>165</v>
+      </c>
+      <c r="C27" t="s">
+        <v>166</v>
+      </c>
+      <c r="D27" t="s">
+        <v>167</v>
+      </c>
+      <c r="E27" t="s">
+        <v>168</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>169</v>
+      </c>
+      <c r="H27" t="s">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C2" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D2" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="H2" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B3" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="H3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B4" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C4" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D4" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E4" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H4" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C5" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="H5" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B6" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C6" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="D6" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="E6" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="H6" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B7" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C7" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D7" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="E7" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="H7" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B8" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C8" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D8" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E8" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H8" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B9" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C9" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D9" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E9" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="H9" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B10" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C10" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="D10" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E10" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="H10" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B11" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C11" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="D11" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E11" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="H11" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B12" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="C12" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D12" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E12" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H12" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B13" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="H13" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B14" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C14" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="D14" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="E14" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="H14" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B15" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C15" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="D15" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E15" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H15" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="H2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C3" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="D3" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="E3" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H3" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B4" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C4" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="D4" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="E4" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="H4" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B5" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C5" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="D5" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="E5" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H5" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B2" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="H2" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="I2" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B2" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="H2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="H2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B3" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C3" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="H3" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B4" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C4" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="H4" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B5" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C5" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="H5" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B6" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C6" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="H6" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B7" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="C7" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="H7" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B8" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C8" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="H8" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>