--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -89,51 +89,51 @@
   <si>
     <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
   </si>
   <si>
     <t>01/11/2012 00:00:00</t>
   </si>
   <si>
     <t>18/02/2013 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
   </si>
   <si>
     <t>c_1358519</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
   </si>
   <si>
     <t>27/10/2016 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
   </si>
   <si>
     <t>c_2059286</t>
   </si>