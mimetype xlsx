--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -156,50 +156,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/07/2022 13:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
     <t>Hypoparathyroïdie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
   </si>
   <si>
     <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
   </si>
   <si>
     <t>Délétion 1p36</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 1p36. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>09/09/2022 08:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363026/fr/deletion-1p36</t>
   </si>
   <si>
     <t>p_3363026</t>
   </si>
   <si>
     <t>Tyrosinémie type 1 (HT-1)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
@@ -275,51 +290,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -543,93 +558,119 @@
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>56</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>57</v>
       </c>
       <c r="H10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
         <v>59</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>61</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>62</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
         <v>66</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>67</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>68</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>70</v>
       </c>
-      <c r="H12" t="s">
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>