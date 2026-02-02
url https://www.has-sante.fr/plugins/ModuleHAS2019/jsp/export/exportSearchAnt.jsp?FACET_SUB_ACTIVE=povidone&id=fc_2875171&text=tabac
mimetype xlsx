--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,167 +9,239 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="46">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Conditions de réalisation de la chirurgie de la cataracte : environnement technique - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2010 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_992026/fr/conditions-de-realisation-de-la-chirurgie-de-la-cataracte-environnement-technique-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_992026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +281,147 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>