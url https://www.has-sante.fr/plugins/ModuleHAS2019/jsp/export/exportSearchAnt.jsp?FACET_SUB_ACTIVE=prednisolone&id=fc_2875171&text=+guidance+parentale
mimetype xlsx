--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,152 +1,650 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="178">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...2 lines deleted...]
-    <t>07/10/2024 16:07:00</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+  </si>
+  <si>
+    <t>c_271954</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2024</t>
+  </si>
+  <si>
+    <t>02/05/2024 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515373/fr/college-deliberatif-du-2-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3515373</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -167,41 +665,987 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>71</v>
+      </c>
+      <c r="H6" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>80</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>86</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>87</v>
+      </c>
+      <c r="H9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>91</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>92</v>
+      </c>
+      <c r="H10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>96</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>101</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>102</v>
+      </c>
+      <c r="H12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>107</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>108</v>
+      </c>
+      <c r="H13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>113</v>
+      </c>
+      <c r="H14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>122</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>123</v>
+      </c>
+      <c r="H16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>127</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>128</v>
+      </c>
+      <c r="H17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>132</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>133</v>
+      </c>
+      <c r="H18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>136</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>137</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>138</v>
+      </c>
+      <c r="H19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>142</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>143</v>
+      </c>
+      <c r="H20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>147</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>148</v>
+      </c>
+      <c r="H21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>151</v>
+      </c>
+      <c r="D22" t="s">
+        <v>152</v>
+      </c>
+      <c r="E22" t="s">
+        <v>153</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>154</v>
+      </c>
+      <c r="H22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>157</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>158</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>159</v>
+      </c>
+      <c r="H23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>162</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>163</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>164</v>
+      </c>
+      <c r="H24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>169</v>
+      </c>
+      <c r="H2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H2" t="s">
+        <v>176</v>
+      </c>
+      <c r="I2" t="s">
+        <v>177</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>