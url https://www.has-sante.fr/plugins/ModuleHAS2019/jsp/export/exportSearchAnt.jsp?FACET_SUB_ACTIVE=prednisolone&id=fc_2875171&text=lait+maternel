--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -161,51 +161,51 @@
   <si>
     <t>p_3457610</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Myasthénie autoimmune</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
   </si>
   <si>
     <t>24/07/2015 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
   </si>
   <si>
     <t>c_2048406</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>