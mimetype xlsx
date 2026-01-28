--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -75,50 +75,65 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Syndrome de Cogan</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/04/2024 08:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
   </si>
   <si>
     <t>p_3503231</t>
   </si>
   <si>
     <t>Arthrites Juvéniles Idiopathiques</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
   </si>
   <si>
     <t>30/10/2017 15:23:00</t>
   </si>
@@ -191,51 +206,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -338,84 +353,110 @@
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
         <v>8</v>
       </c>
-      <c r="B7" t="s">
-[...17 lines deleted...]
-      <c r="H7" t="s">
+      <c r="B8" t="s">
         <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>