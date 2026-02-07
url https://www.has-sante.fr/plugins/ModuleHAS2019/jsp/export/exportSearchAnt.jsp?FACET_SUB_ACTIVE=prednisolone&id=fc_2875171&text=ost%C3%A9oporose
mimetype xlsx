--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="456" uniqueCount="277">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -93,50 +93,65 @@
     <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
   </si>
   <si>
     <t>20/11/2019 00:00:00</t>
   </si>
   <si>
     <t>30/01/2020 14:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
   </si>
   <si>
     <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
   </si>
   <si>
     <t>c_2789359</t>
   </si>
   <si>
     <t>Dystrophie musculaire de Duchenne</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
   </si>
   <si>
     <t>27/11/2019 16:51:00</t>
   </si>
@@ -956,51 +971,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H39"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1103,129 +1118,129 @@
       </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
       <c r="H5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>40</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>41</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
         <v>44</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>51</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>52</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
         <v>55</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>58</v>
       </c>
       <c r="H9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>60</v>
       </c>
       <c r="C10" t="s">
         <v>61</v>
       </c>
       <c r="D10" t="s">
@@ -1259,207 +1274,207 @@
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>68</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>72</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>73</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
         <v>76</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>79</v>
       </c>
       <c r="H13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
       <c r="C14" t="s">
         <v>82</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>83</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>84</v>
       </c>
       <c r="H14" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>86</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="D15" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>88</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>89</v>
       </c>
       <c r="H15" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>91</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="E16" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E17" t="s">
+        <v>92</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>97</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
         <v>100</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>102</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>103</v>
       </c>
       <c r="H18" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
       <c r="C19" t="s">
         <v>106</v>
       </c>
       <c r="D19" t="s">
@@ -1522,207 +1537,207 @@
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>118</v>
       </c>
       <c r="H21" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>120</v>
       </c>
       <c r="C22" t="s">
         <v>121</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>127</v>
       </c>
       <c r="H23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
         <v>129</v>
       </c>
       <c r="C24" t="s">
         <v>130</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>131</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>132</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" t="s">
         <v>134</v>
       </c>
       <c r="C25" t="s">
-        <v>13</v>
+        <v>135</v>
       </c>
       <c r="D25" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>87</v>
+        <v>136</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>16</v>
       </c>
       <c r="B26" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C26" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E26" t="s">
-        <v>139</v>
+        <v>92</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>140</v>
       </c>
       <c r="H26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
         <v>142</v>
       </c>
       <c r="C27" t="s">
         <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>57</v>
+        <v>144</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>16</v>
       </c>
       <c r="B28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>148</v>
+        <v>62</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>149</v>
       </c>
       <c r="H28" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
         <v>151</v>
       </c>
       <c r="C29" t="s">
         <v>152</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
@@ -1860,77 +1875,77 @@
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>179</v>
       </c>
       <c r="H34" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>16</v>
       </c>
       <c r="B35" t="s">
         <v>181</v>
       </c>
       <c r="C35" t="s">
         <v>182</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>102</v>
+        <v>183</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>16</v>
       </c>
       <c r="B36" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C36" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>187</v>
+        <v>107</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>188</v>
       </c>
       <c r="H36" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>16</v>
       </c>
       <c r="B37" t="s">
         <v>190</v>
       </c>
       <c r="C37" t="s">
         <v>191</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
@@ -1974,487 +1989,513 @@
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>16</v>
       </c>
       <c r="B39" t="s">
         <v>200</v>
       </c>
       <c r="C39" t="s">
         <v>201</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>202</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>203</v>
       </c>
       <c r="H39" t="s">
         <v>204</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
+        <v>206</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>207</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>208</v>
+      </c>
+      <c r="H40" t="s">
+        <v>209</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B3" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D3" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E3" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="H3" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B4" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C4" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D4" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E4" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H4" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C5" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E5" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="H5" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B6" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C6" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="D6" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E6" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="H6" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B2" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C2" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="I2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="J1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="K1" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="B2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="I2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="J2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="K2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="L2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="M2" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="B3" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>264</v>
+      </c>
+      <c r="H3" t="s">
+        <v>265</v>
+      </c>
+      <c r="I3" t="s">
+        <v>266</v>
+      </c>
+      <c r="J3" t="s">
         <v>258</v>
       </c>
-      <c r="F3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="L3" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="M3" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="N3" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B2" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C2" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H2" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>