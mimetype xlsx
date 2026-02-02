--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="435" uniqueCount="261">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="266">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -239,93 +239,108 @@
   <si>
     <t>07/10/2022 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3375791</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...13 lines deleted...]
-  <si>
     <t>Myasthénie autoimmune</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
   </si>
   <si>
     <t>24/07/2015 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
   </si>
   <si>
     <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Syndrome néphrotique idiopathique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/12/2014 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
   </si>
   <si>
     <t>c_2001046</t>
   </si>
   <si>
     <t>Glomérulonéphrite Extra-Membraneuse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
@@ -949,51 +964,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H28"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1437,207 +1452,207 @@
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>109</v>
       </c>
       <c r="H18" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
         <v>111</v>
       </c>
       <c r="C19" t="s">
         <v>112</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>118</v>
       </c>
       <c r="H20" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" t="s">
         <v>120</v>
       </c>
       <c r="C21" t="s">
         <v>121</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>122</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C22" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>127</v>
       </c>
       <c r="H22" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>129</v>
       </c>
       <c r="C23" t="s">
         <v>130</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H24" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>139</v>
+        <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>140</v>
       </c>
       <c r="H25" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>22</v>
       </c>
       <c r="B26" t="s">
         <v>142</v>
       </c>
       <c r="C26" t="s">
         <v>143</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
@@ -1668,721 +1683,747 @@
       </c>
       <c r="E27" t="s">
         <v>149</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>150</v>
       </c>
       <c r="H27" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>152</v>
       </c>
       <c r="C28" t="s">
         <v>153</v>
       </c>
       <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
         <v>154</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>155</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>156</v>
       </c>
-      <c r="H28" t="s">
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" t="s">
         <v>157</v>
+      </c>
+      <c r="C29" t="s">
+        <v>158</v>
+      </c>
+      <c r="D29" t="s">
+        <v>159</v>
+      </c>
+      <c r="E29" t="s">
+        <v>160</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>161</v>
+      </c>
+      <c r="H29" t="s">
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="H2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B3" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C3" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D3" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="H3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B4" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C4" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D4" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="E4" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H4" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B5" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C5" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D5" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E5" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="H5" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B6" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C6" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D6" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E6" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="H6" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B7" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C7" t="s">
+        <v>194</v>
+      </c>
+      <c r="D7" t="s">
         <v>189</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="H7" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B8" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C8" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D8" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E8" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H8" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B9" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C9" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D9" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E9" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H9" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B10" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C10" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D10" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E10" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H10" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B11" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C11" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D11" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E11" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H11" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B12" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C12" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D12" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E12" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H12" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B13" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C13" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D13" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="E13" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="H13" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B14" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C14" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D14" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="H14" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B15" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C15" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="D15" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E15" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H15" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="D2" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="E2" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="H2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B3" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C3" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="E3" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="H3" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="I2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="I3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B2" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C2" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>