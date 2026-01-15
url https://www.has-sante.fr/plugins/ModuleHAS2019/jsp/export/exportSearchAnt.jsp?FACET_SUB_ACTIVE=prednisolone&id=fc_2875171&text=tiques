--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="123">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -234,50 +234,65 @@
     <t>25/02/2016 10:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
   </si>
   <si>
     <t>c_2010340</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
@@ -748,51 +763,51 @@
       </c>
       <c r="D12" t="s">
         <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>63</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -817,77 +832,77 @@
       </c>
       <c r="E2" t="s">
         <v>69</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
         <v>72</v>
       </c>
       <c r="C3" t="s">
         <v>73</v>
       </c>
       <c r="D3" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>75</v>
       </c>
       <c r="H3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>77</v>
       </c>
       <c r="C4" t="s">
         <v>78</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>79</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>80</v>
       </c>
       <c r="H4" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
         <v>82</v>
       </c>
       <c r="C5" t="s">
         <v>83</v>
       </c>
       <c r="D5" t="s">
@@ -908,235 +923,261 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
         <v>87</v>
       </c>
       <c r="C6" t="s">
         <v>88</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>89</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>90</v>
       </c>
       <c r="H6" t="s">
         <v>91</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C7" t="s">
+        <v>93</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>94</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>95</v>
+      </c>
+      <c r="H7" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="E2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="H2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="D3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="H3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B4" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="D4" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="E4" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="H4" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>