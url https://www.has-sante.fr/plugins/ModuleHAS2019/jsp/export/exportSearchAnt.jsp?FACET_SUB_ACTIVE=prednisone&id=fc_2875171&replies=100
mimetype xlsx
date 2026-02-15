--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,8073 +1,688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1552" uniqueCount="917">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="81">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>TYRX</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/09/2020 00:00:00</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
-[...998 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
+    <t>Hormone replacement therapy at menopause</t>
+  </si>
+  <si>
+    <t>The objectives of the report are : 1. Provide guidance on hormone replacement therapy during the menopause and on the provision of information for women and health professionals 2. Draw conclusions and produce guidelines for health professionals 3. Draft key messages for women</t>
+  </si>
+  <si>
+    <t>05/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
-  </si>
-[...1219 lines deleted...]
-    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...22 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>36</v>
-[...423 lines deleted...]
-        <v>61</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...189 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>96</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>98</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>99</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>101</v>
+        <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E8" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>104</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>110</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E10" t="s">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>114</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
         <v>68</v>
-      </c>
-[...19 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="C12" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="E12" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="H12" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="C13" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
       <c r="H13" t="s">
-        <v>129</v>
-[...4225 lines deleted...]
-        <v>882</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>